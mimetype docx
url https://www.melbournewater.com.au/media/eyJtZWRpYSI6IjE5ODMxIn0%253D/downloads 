--- v0 (2025-10-11)
+++ v1 (2026-02-09)
@@ -1,2763 +1,3286 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="79747A21" w14:textId="77777777" w:rsidR="0070602C" w:rsidRPr="0080788B" w:rsidRDefault="003918A5" w:rsidP="0080788B">
+    <w:p w14:paraId="79747A21" w14:textId="77777777" w:rsidR="0070602C" w:rsidRPr="0061544E" w:rsidRDefault="003918A5" w:rsidP="0080788B">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0080788B">
+      <w:r w:rsidRPr="0061544E">
         <w:t>Purpose</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67589D3E" w14:textId="429AD302" w:rsidR="008C3544" w:rsidRPr="00C61139" w:rsidRDefault="008C3544" w:rsidP="00C61139">
+    <w:p w14:paraId="67589D3E" w14:textId="429AD302" w:rsidR="008C3544" w:rsidRPr="0061544E" w:rsidRDefault="008C3544" w:rsidP="3A79A82C">
       <w:pPr>
         <w:spacing w:before="40" w:after="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:szCs w:val="20"/>
-[...2 lines deleted...]
-      <w:r>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0061544E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>The purpose of this Policy is to set out Melbourne Water’s commitment regarding the safety and wellbeing of children under 18 years of age.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22C1A217" w14:textId="34229C74" w:rsidR="003918A5" w:rsidRPr="0080788B" w:rsidRDefault="0070602C" w:rsidP="0080788B">
+    <w:p w14:paraId="22C1A217" w14:textId="34229C74" w:rsidR="003918A5" w:rsidRPr="0061544E" w:rsidRDefault="0070602C" w:rsidP="0080788B">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="0061544E">
         <w:t>Scope</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DD7C014" w14:textId="6A2591E3" w:rsidR="008C3544" w:rsidRDefault="008C3544" w:rsidP="00EC6A77">
-      <w:pPr>
+    <w:p w14:paraId="4DD7C014" w14:textId="514A6DD9" w:rsidR="008C3544" w:rsidRPr="0061544E" w:rsidRDefault="008C3544" w:rsidP="00D77947">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:szCs w:val="20"/>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="008B47D7">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0061544E">
+        <w:t>This Child Safe Policy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0061544E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> cov</w:t>
       </w:r>
-      <w:r w:rsidR="00611817">
+      <w:r w:rsidR="00611817" w:rsidRPr="0061544E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ers Melbourne Water Corporation</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0061544E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:szCs w:val="20"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="008B47D7">
+        </w:rPr>
+        <w:t xml:space="preserve"> and its Board of </w:t>
+      </w:r>
+      <w:r w:rsidR="6D046265" w:rsidRPr="0061544E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:szCs w:val="20"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00611817">
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0061544E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>irectors, employees and contract service providers</w:t>
+      </w:r>
+      <w:r w:rsidR="00611817" w:rsidRPr="0061544E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> including volunteers</w:t>
       </w:r>
-      <w:r w:rsidRPr="008B47D7">
+      <w:r w:rsidRPr="0061544E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:szCs w:val="20"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> (“Melbourne Water”, “we” or “us”).  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22C1A21B" w14:textId="6D3C3E72" w:rsidR="003918A5" w:rsidRPr="00F77EF2" w:rsidRDefault="003918A5" w:rsidP="008C3544">
+    <w:p w14:paraId="22C1A21B" w14:textId="6D3C3E72" w:rsidR="003918A5" w:rsidRPr="0061544E" w:rsidRDefault="003918A5" w:rsidP="008C3544">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:r w:rsidRPr="0080788B">
+      <w:r w:rsidRPr="0061544E">
         <w:t>Policy Statement</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D09EB4A" w14:textId="4A6A505F" w:rsidR="008C3544" w:rsidRDefault="008C3544" w:rsidP="008C3544">
-      <w:pPr>
+    <w:p w14:paraId="1D09EB4A" w14:textId="4A6A505F" w:rsidR="008C3544" w:rsidRPr="0061544E" w:rsidRDefault="008C3544" w:rsidP="00D77947">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00965DDD">
+      <w:r w:rsidRPr="0061544E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Melbourne Water is committed to the safety and wellbeing of children and young people. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63248830" w14:textId="77777777" w:rsidR="00DC3BDF" w:rsidRDefault="00DC3BDF" w:rsidP="008C3544">
+    <w:p w14:paraId="63248830" w14:textId="77777777" w:rsidR="00DC3BDF" w:rsidRPr="0061544E" w:rsidRDefault="00DC3BDF" w:rsidP="00D77947">
       <w:pPr>
         <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4E87A276" w14:textId="7D45358E" w:rsidR="00301B9A" w:rsidRDefault="008C3544" w:rsidP="008C3544">
+    <w:p w14:paraId="4E87A276" w14:textId="7D45358E" w:rsidR="00301B9A" w:rsidRPr="0061544E" w:rsidRDefault="008C3544" w:rsidP="00D77947">
       <w:pPr>
         <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00965DDD">
+      <w:r w:rsidRPr="0061544E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Melbourne Water has zero tolerance for inappropriate behaviour towards anybody </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>Melbourne Water has zero tolerance for inappropriate behaviour towards anybody as part of our work</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB2DEA" w:rsidRPr="0061544E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>as part of our work</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00AB2DEA">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0061544E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00965DDD">
+        <w:t>on our properties</w:t>
+      </w:r>
+      <w:r w:rsidR="007313C2" w:rsidRPr="0061544E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>on our properties</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007313C2">
+        <w:t>, at our events</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB2DEA" w:rsidRPr="0061544E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>, at our events</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00AB2DEA">
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r w:rsidR="007313C2" w:rsidRPr="0061544E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007313C2">
+        <w:t xml:space="preserve"> in</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB2DEA" w:rsidRPr="0061544E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00AB2DEA">
+        <w:t xml:space="preserve"> our online environments</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0061544E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> our online environments</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00965DDD">
+        <w:t>. Melbourne Water is committed to providing a child safe environment</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB2DEA" w:rsidRPr="0061544E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>. Melbourne Water is committed to providing a child safe environment</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00AB2DEA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0061544E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00965DDD">
+        <w:t>where children and young people are safe and feel safe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0082A983" w14:textId="77777777" w:rsidR="00301B9A" w:rsidRPr="0061544E" w:rsidRDefault="00301B9A" w:rsidP="00D77947">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>where children and young people are safe and feel safe.</w:t>
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="0082A983" w14:textId="77777777" w:rsidR="00301B9A" w:rsidRDefault="00301B9A" w:rsidP="008C3544">
+    <w:p w14:paraId="728457BE" w14:textId="4D82D54A" w:rsidR="008C3544" w:rsidRPr="0061544E" w:rsidRDefault="00C32939" w:rsidP="00D77947">
       <w:pPr>
         <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="Default"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00965DDD">
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C32939">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Particular attention will be paid to the cultural safety of Aboriginal children and children from culturally and/or linguistically diverse backgrounds, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00301B9A" w:rsidRPr="00301B9A">
+        <w:t>articular attention will be paid to the cultural safety of First Peoples’ children, culturally and racially marginalised children, children with a disability, children with a diverse sexual orientation, gender identity, or intersex status, children unable to live at home, and children experiencing social disadvantage</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>children who identify as lesbian, gay, bisexual, transgender or intersex</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006F5AF8">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="006229BB" w:rsidRPr="3FEE469E" w:rsidDel="006229BB">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">, children unable to live at home, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00965DDD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A26FFFE" w14:textId="77777777" w:rsidR="008C3544" w:rsidRPr="0061544E" w:rsidRDefault="008C3544" w:rsidP="00D77947">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">as well as the safety of children with a disability. </w:t>
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="5A26FFFE" w14:textId="77777777" w:rsidR="008C3544" w:rsidRPr="00965DDD" w:rsidRDefault="008C3544" w:rsidP="008C3544">
+    <w:p w14:paraId="2537A9BD" w14:textId="42020E2D" w:rsidR="008C3544" w:rsidRPr="0061544E" w:rsidRDefault="008C3544" w:rsidP="00D77947">
       <w:pPr>
         <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="Default"/>
+      <w:r w:rsidRPr="0061544E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00965DDD">
+        <w:t>Every person at Melbourne Water</w:t>
+      </w:r>
+      <w:r w:rsidR="009E758F" w:rsidRPr="0061544E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Every person at Melbourne Water</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="009E758F">
+        <w:t xml:space="preserve"> (including volunteers)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0061544E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (including volunteers)</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00965DDD">
+        <w:t xml:space="preserve"> working directly with children and young people has a responsibility to understand the important and specific role </w:t>
+      </w:r>
+      <w:r w:rsidR="006B29B9" w:rsidRPr="0061544E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> working directly with children and young people has a responsibility to understand the important and specific role </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006B29B9">
+        <w:t>they play</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0061544E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>they play</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00965DDD">
+        <w:t xml:space="preserve"> to ensure the wellbeing and safety of those children and young people. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="637771CD" w14:textId="77777777" w:rsidR="008C3544" w:rsidRPr="0061544E" w:rsidRDefault="008C3544" w:rsidP="00D77947">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> to ensure the wellbeing and safety of those children and young people. </w:t>
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="637771CD" w14:textId="77777777" w:rsidR="008C3544" w:rsidRPr="00965DDD" w:rsidRDefault="008C3544" w:rsidP="008C3544">
+    <w:p w14:paraId="7855C3E0" w14:textId="7EE1B65C" w:rsidR="008C3544" w:rsidRPr="0061544E" w:rsidRDefault="008C3544" w:rsidP="00D77947">
       <w:pPr>
         <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="Default"/>
+      <w:r w:rsidRPr="0061544E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        <w:t xml:space="preserve">To deliver on its </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0061544E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">To deliver on its commitment to child safety, Melbourne Water; </w:t>
+        <w:t>commitment to child safety</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0061544E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, Melbourne Water</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3768A" w:rsidRPr="0061544E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0061544E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D4852A0" w14:textId="77777777" w:rsidR="008C3544" w:rsidRDefault="008C3544" w:rsidP="008C3544">
+    <w:p w14:paraId="0D4852A0" w14:textId="77777777" w:rsidR="008C3544" w:rsidRPr="0061544E" w:rsidRDefault="008C3544" w:rsidP="00D77947">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="75"/>
         <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2A968D55" w14:textId="0E1EA0F9" w:rsidR="008C3544" w:rsidRDefault="008C3544" w:rsidP="008C3544">
+    <w:p w14:paraId="198EB924" w14:textId="363992C9" w:rsidR="2F608D01" w:rsidRPr="0023684D" w:rsidRDefault="00DD13AE" w:rsidP="0023684D">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="75"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00965DDD">
+      <w:r w:rsidRPr="0061544E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Takes a proa</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C61139">
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="008C3544" w:rsidRPr="0061544E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t>akes a proa</w:t>
+      </w:r>
+      <w:r w:rsidR="00C61139" w:rsidRPr="0061544E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>ctive approach to child safety</w:t>
       </w:r>
+      <w:r w:rsidR="49495D38" w:rsidRPr="0061544E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="67ECC710" w14:textId="4284FC5D" w:rsidR="00EC6A77" w:rsidRPr="00965DDD" w:rsidRDefault="00EC6A77" w:rsidP="008C3544">
+    <w:p w14:paraId="2D3AFD1F" w14:textId="50D90CEC" w:rsidR="2F608D01" w:rsidRPr="0023684D" w:rsidRDefault="00EC6A77" w:rsidP="0023684D">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="75"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="0061544E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Melbourne Water will develop </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005C2C24">
+        <w:t>develop</w:t>
+      </w:r>
+      <w:r w:rsidR="002740DA" w:rsidRPr="0061544E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">and </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A93BD1">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0061544E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>annually review</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005C2C24">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005C2C24" w:rsidRPr="0061544E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="00A93BD1" w:rsidRPr="0061544E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t>annually review</w:t>
+      </w:r>
+      <w:r w:rsidR="002740DA" w:rsidRPr="0061544E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="005C2C24" w:rsidRPr="0061544E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0061544E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve">systems and processes that comply with </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidR="007F679C" w:rsidRPr="007F679C">
+      <w:hyperlink r:id="rId10">
+        <w:r w:rsidR="007F679C" w:rsidRPr="0061544E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>CCYP | Child Safe Standards</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="007F679C">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="2EEDEFFF" w:rsidRPr="0061544E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DC4EA61" w14:textId="720F4E89" w:rsidR="00DC3BDF" w:rsidRPr="00DC3BDF" w:rsidRDefault="008C3544" w:rsidP="00DC3BDF">
+    <w:p w14:paraId="6DE869C3" w14:textId="09E4F336" w:rsidR="2F608D01" w:rsidRPr="0023684D" w:rsidRDefault="002740DA" w:rsidP="0023684D">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00965DDD">
+      <w:r w:rsidRPr="0061544E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Fosters a culture of openness that supports all persons to safely disclose risks of harm to children</w:t>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidR="008C3544" w:rsidRPr="0061544E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>osters a culture of openness that supports all persons to safely disclose risks of harm to children</w:t>
+      </w:r>
+      <w:r w:rsidR="700F2378" w:rsidRPr="0061544E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05EF1B16" w14:textId="1D1FDE89" w:rsidR="008C3544" w:rsidRDefault="008C3544" w:rsidP="008C3544">
+    <w:p w14:paraId="5ED873BB" w14:textId="7E4DBEDB" w:rsidR="2F608D01" w:rsidRPr="0023684D" w:rsidRDefault="002740DA" w:rsidP="0023684D">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="77"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00965DDD">
+      <w:r w:rsidRPr="0061544E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Respects diversity in cultures while </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005C2C24">
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="008C3544" w:rsidRPr="0061544E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t xml:space="preserve">espects diversity in cultures while </w:t>
+      </w:r>
+      <w:r w:rsidR="005C2C24" w:rsidRPr="0061544E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>keeping child safety paramount</w:t>
       </w:r>
+      <w:r w:rsidR="1DF41287" w:rsidRPr="0061544E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="40EEBC7C" w14:textId="10D9B72B" w:rsidR="008C3544" w:rsidRPr="00301B9A" w:rsidRDefault="008C3544" w:rsidP="00301B9A">
+    <w:p w14:paraId="397989B0" w14:textId="76E41EE5" w:rsidR="2F608D01" w:rsidRPr="0023684D" w:rsidRDefault="002740DA" w:rsidP="0023684D">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="77"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00301B9A">
+      <w:r w:rsidRPr="0061544E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Provides staff and volunteers who work directly with children and young people with guidance on appropriate conduct and behaviour towards children</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="009E5E27" w:rsidRPr="00301B9A">
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="008C3544" w:rsidRPr="0061544E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t>rovides staff and volunteers who work directly with children and young people with guidance on appropriate conduct and behaviour towards children</w:t>
+      </w:r>
+      <w:r w:rsidR="009E5E27" w:rsidRPr="0061544E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve"> and procedures for reporting</w:t>
       </w:r>
+      <w:r w:rsidR="601628F9" w:rsidRPr="0061544E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="20321A4A" w14:textId="31B0A74E" w:rsidR="007013DA" w:rsidRPr="00965DDD" w:rsidRDefault="007013DA" w:rsidP="007013DA">
+    <w:p w14:paraId="3FA35A41" w14:textId="5373AFE9" w:rsidR="2F608D01" w:rsidRPr="0023684D" w:rsidRDefault="002740DA" w:rsidP="0023684D">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="77"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="0061544E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Provides staff</w:t>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="007013DA">
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="007013DA" w:rsidRPr="0061544E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>and volunteers who work directly with children and young people</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>rovides staff</w:t>
+      </w:r>
+      <w:r w:rsidR="007013DA" w:rsidRPr="0061544E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007013DA" w:rsidRPr="0061544E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> with relevant training on Aboriginal culture</w:t>
+        <w:t xml:space="preserve">and volunteers who work directly with children and young people with relevant training on </w:t>
+      </w:r>
+      <w:r w:rsidR="009262A5" w:rsidRPr="0061544E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">First Peoples </w:t>
+      </w:r>
+      <w:r w:rsidR="007013DA" w:rsidRPr="0061544E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>culture</w:t>
+      </w:r>
+      <w:r w:rsidR="39B404CD" w:rsidRPr="0061544E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21C1C24E" w14:textId="18AE21F2" w:rsidR="008C3544" w:rsidRPr="00965DDD" w:rsidRDefault="008C3544" w:rsidP="008C3544">
+    <w:p w14:paraId="11F2A685" w14:textId="1440225D" w:rsidR="2F608D01" w:rsidRPr="0023684D" w:rsidRDefault="009262A5" w:rsidP="0023684D">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="77"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00965DDD">
+      <w:r w:rsidRPr="0061544E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Engages only the most suitable people to work with children and ensures adequate staff and volunteer supervision and professional development</w:t>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="008C3544" w:rsidRPr="0061544E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ngages only the most suitable people to work with children and ensures adequate staff and volunteer supervision and professional development</w:t>
+      </w:r>
+      <w:r w:rsidR="19F16513" w:rsidRPr="0061544E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2147FB56" w14:textId="0C49FA92" w:rsidR="008C3544" w:rsidRPr="00965DDD" w:rsidRDefault="008C3544" w:rsidP="008C3544">
+    <w:p w14:paraId="388B822E" w14:textId="401244D5" w:rsidR="2F608D01" w:rsidRPr="0023684D" w:rsidRDefault="009262A5" w:rsidP="0023684D">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="77"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00965DDD">
+      <w:r w:rsidRPr="0061544E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ensures children know who to talk with if they are feeling unsafe, and that they are comfortable and encouraged </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007013DA">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="008C3544" w:rsidRPr="0061544E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t xml:space="preserve">nsures children know who to talk with if they are feeling unsafe, and that they are comfortable and encouraged </w:t>
+      </w:r>
+      <w:r w:rsidR="007013DA" w:rsidRPr="0061544E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>to access easy to understand information, support and complaints processes</w:t>
       </w:r>
+      <w:r w:rsidR="1439CACB" w:rsidRPr="0061544E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6181D347" w14:textId="3936F285" w:rsidR="008C3544" w:rsidRPr="00965DDD" w:rsidRDefault="008C3544" w:rsidP="008C3544">
+    <w:p w14:paraId="0D423F8C" w14:textId="2EC35FB4" w:rsidR="2F608D01" w:rsidRPr="0023684D" w:rsidRDefault="002433BA" w:rsidP="0023684D">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="77"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00965DDD">
+      <w:r w:rsidRPr="0061544E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Reports suspected abuse, neglect or mistreatment promptly to the appropriate authorities</w:t>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="008C3544" w:rsidRPr="0061544E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>eports suspected abuse, neglect or mistreatment promptly to the appropriate authorities</w:t>
+      </w:r>
+      <w:r w:rsidR="3930E7AA" w:rsidRPr="0061544E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C933E1B" w14:textId="77777777" w:rsidR="008C3544" w:rsidRPr="00965DDD" w:rsidRDefault="008C3544" w:rsidP="008C3544">
+    <w:p w14:paraId="54DFDF88" w14:textId="39BE858C" w:rsidR="209EF948" w:rsidRPr="0023684D" w:rsidRDefault="002433BA" w:rsidP="0023684D">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00965DDD">
+      <w:r w:rsidRPr="0061544E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Shares information appropriately and lawfully with other organisations where the safety and wellbeing of children is at risk. </w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="Default"/>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="008C3544" w:rsidRPr="0061544E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>hares information appropriately and lawfully with other organisations where the safety and wellbeing of children is at risk</w:t>
+      </w:r>
+      <w:r w:rsidR="63EEAAD4" w:rsidRPr="0061544E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="007B5F9C" w:rsidRPr="0061544E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0817CB01" w14:textId="77777777" w:rsidR="008C3544" w:rsidRPr="00965DDD" w:rsidRDefault="008C3544" w:rsidP="008C3544">
+    <w:p w14:paraId="51C1FBD1" w14:textId="3052A9AC" w:rsidR="00101FA6" w:rsidRPr="0061544E" w:rsidRDefault="007B5F9C" w:rsidP="00D77947">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0061544E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00101FA6" w:rsidRPr="0061544E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dheres to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0061544E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>its</w:t>
+      </w:r>
+      <w:r w:rsidR="00101FA6" w:rsidRPr="0061544E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> responsibilities under the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="00101FA6" w:rsidRPr="0061544E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>Reportable Conduct Scheme</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00101FA6" w:rsidRPr="0061544E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0817CB01" w14:textId="77777777" w:rsidR="008C3544" w:rsidRPr="0061544E" w:rsidRDefault="008C3544" w:rsidP="00CA4758">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="77"/>
-        <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0629C801" w14:textId="77777777" w:rsidR="00C61139" w:rsidRDefault="008C3544" w:rsidP="00C61139">
+    <w:p w14:paraId="32D136CF" w14:textId="77777777" w:rsidR="0023684D" w:rsidRDefault="0023684D">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="00428B"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Toc437272323"/>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37D4BF31" w14:textId="5D161284" w:rsidR="008C3544" w:rsidRPr="0061544E" w:rsidRDefault="008C3544" w:rsidP="00C61139">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Toc437272323"/>
-      <w:r w:rsidRPr="00EC6A77">
+      <w:r w:rsidRPr="0061544E">
         <w:lastRenderedPageBreak/>
         <w:t>Legislative responsibilities</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="37D4BF31" w14:textId="0BEA7A93" w:rsidR="008C3544" w:rsidRPr="00C61139" w:rsidRDefault="008C3544" w:rsidP="00C61139">
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> takes our legal responsibilities seriously, including:</w:t>
+    <w:p w14:paraId="161EE595" w14:textId="703B8FF0" w:rsidR="2824D6F8" w:rsidRPr="0061544E" w:rsidRDefault="2824D6F8" w:rsidP="00D77947">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0061544E">
+        <w:t xml:space="preserve">Melbourne Water is required to comply with its legislative and regulatory obligations under the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0061544E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Child Wellbein</w:t>
+      </w:r>
+      <w:r w:rsidR="78F29035" w:rsidRPr="0061544E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">g and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0061544E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Safety Act 2005</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0061544E">
+        <w:t xml:space="preserve"> (Vic)</w:t>
+      </w:r>
+      <w:r w:rsidR="2EC1052D" w:rsidRPr="0061544E">
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77B78E7E" w14:textId="77777777" w:rsidR="008C3544" w:rsidRPr="00965DDD" w:rsidRDefault="008C3544" w:rsidP="008C3544">
-[...1 lines deleted...]
-        <w:pStyle w:val="DHHSbullet1"/>
+    <w:p w14:paraId="6FE1B89B" w14:textId="3AF8095A" w:rsidR="2A96A878" w:rsidRPr="0061544E" w:rsidRDefault="2A96A878" w:rsidP="00D77947">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DCF5ADA" w14:textId="1B1EEDD6" w:rsidR="1EC403CC" w:rsidRPr="0061544E" w:rsidRDefault="1EC403CC" w:rsidP="00D77947">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0061544E">
+        <w:t xml:space="preserve">With respect to </w:t>
+      </w:r>
+      <w:r w:rsidR="2EC1052D" w:rsidRPr="0061544E">
+        <w:t>anyone under the age of 18</w:t>
+      </w:r>
+      <w:r w:rsidR="151FE6B1" w:rsidRPr="0061544E">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="2EC1052D" w:rsidRPr="0061544E">
+        <w:t xml:space="preserve"> Melbourne Water must report the following conduct:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="704DF74B" w14:textId="4D8B6E5B" w:rsidR="2A96A878" w:rsidRPr="0061544E" w:rsidRDefault="2A96A878" w:rsidP="00D77947">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F136760" w14:textId="0053A347" w:rsidR="2EC1052D" w:rsidRPr="0061544E" w:rsidRDefault="2EC1052D" w:rsidP="00D77947">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="11"/>
         </w:numPr>
-        <w:rPr>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> Reporting child sexual abuse is a community-wide responsibility. All adults in Victoria who have a reasonable belief that an adult has committed a sexual offence against a child under 16 have an obligation to report that information to the police. </w:t>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0061544E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>sexual offences (against, with or in the presence of, a child)</w:t>
+      </w:r>
+      <w:r w:rsidR="4350EA04" w:rsidRPr="0061544E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57E273DB" w14:textId="77777777" w:rsidR="008C3544" w:rsidRPr="00965DDD" w:rsidRDefault="008C3544" w:rsidP="008C3544">
-[...1 lines deleted...]
-        <w:pStyle w:val="DHHSbullet1"/>
+    <w:p w14:paraId="3437DB1F" w14:textId="14FA0908" w:rsidR="2A96A878" w:rsidRPr="0061544E" w:rsidRDefault="2A96A878" w:rsidP="00D77947">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F733ACF" w14:textId="212673AF" w:rsidR="2EC1052D" w:rsidRPr="0061544E" w:rsidRDefault="2EC1052D" w:rsidP="00D77947">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="11"/>
         </w:numPr>
-        <w:rPr>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> People of authority in our organisation will commit an offence if they know of a substantial risk of child sexual abuse and have the power or responsibility to reduce or remove the risk, but negligently fail to do so.</w:t>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0061544E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>sexual misconduct (against, with or in the presence of, a child)</w:t>
+      </w:r>
+      <w:r w:rsidR="7DDD1FAC" w:rsidRPr="0061544E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0606D912" w14:textId="77777777" w:rsidR="00213259" w:rsidRDefault="008C3544" w:rsidP="008C3544">
-[...35 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="30CBE3E5" w14:textId="7220CF6C" w:rsidR="2A96A878" w:rsidRPr="0061544E" w:rsidRDefault="2A96A878" w:rsidP="00D77947">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="25836A9B" w14:textId="42517797" w:rsidR="008C3544" w:rsidRPr="00213259" w:rsidRDefault="009E758F" w:rsidP="00213259">
-[...43 lines deleted...]
-        <w:pStyle w:val="DHHSbullet1"/>
+    <w:p w14:paraId="268247D9" w14:textId="7D2ECB7E" w:rsidR="2EC1052D" w:rsidRPr="0061544E" w:rsidRDefault="2EC1052D" w:rsidP="00D77947">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="0"/>
+          <w:numId w:val="11"/>
         </w:numPr>
-        <w:spacing w:after="77"/>
-[...22 lines deleted...]
-      <w:r w:rsidR="00C5028E" w:rsidRPr="00967996">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0061544E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>physical violence (against, with or in the presence of, a child)</w:t>
+      </w:r>
+      <w:r w:rsidR="4AD7531F" w:rsidRPr="0061544E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0716CAA5" w14:textId="0E09B26A" w:rsidR="2A96A878" w:rsidRPr="0061544E" w:rsidRDefault="2A96A878" w:rsidP="00D77947">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="647537A3" w14:textId="750FA9BF" w:rsidR="2EC1052D" w:rsidRPr="0061544E" w:rsidRDefault="2EC1052D" w:rsidP="00D77947">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0061544E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>behaviour that causes significant emotional or psychological harm</w:t>
+      </w:r>
+      <w:r w:rsidR="5418AD99" w:rsidRPr="0061544E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C15F511" w14:textId="09A99A80" w:rsidR="2A96A878" w:rsidRPr="0061544E" w:rsidRDefault="2A96A878" w:rsidP="00D77947">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24094EAA" w14:textId="7B789971" w:rsidR="2EC1052D" w:rsidRPr="0061544E" w:rsidRDefault="2EC1052D" w:rsidP="00D77947">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0061544E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>significant neglect</w:t>
+      </w:r>
+      <w:r w:rsidR="0815D1C4" w:rsidRPr="0061544E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33CCB61F" w14:textId="643F4875" w:rsidR="2A96A878" w:rsidRPr="0061544E" w:rsidRDefault="2A96A878" w:rsidP="00D77947">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7644F6FB" w14:textId="14C39010" w:rsidR="71516E56" w:rsidRPr="0061544E" w:rsidRDefault="71516E56" w:rsidP="0061544E">
+      <w:pPr>
+        <w:pStyle w:val="DHHSbullet1lastline"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="3FEE469E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Melbourne Water </w:t>
+      </w:r>
+      <w:r w:rsidR="29D2167B" w:rsidRPr="3FEE469E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>officers</w:t>
+      </w:r>
+      <w:r w:rsidR="00C32939">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>, employees</w:t>
+      </w:r>
+      <w:r w:rsidR="7EAB9528" w:rsidRPr="3FEE469E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, contractors, secondees and volunteers </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3FEE469E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>are required to report any general concerns about the safety or wellbeing of a child or young person as soon as possible</w:t>
+      </w:r>
+      <w:r w:rsidR="064DA173" w:rsidRPr="3FEE469E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in accordance with Melbourne Water’s Child Safe Procedure</w:t>
+      </w:r>
+      <w:r w:rsidR="7DD816C5" w:rsidRPr="3FEE469E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3FEE469E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Further information on the </w:t>
+      </w:r>
+      <w:r w:rsidR="0D545372" w:rsidRPr="3FEE469E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Child Safe </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3FEE469E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Standards can be found on the Victorian Commission for Children and Young People Department of Human Services website</w:t>
+      </w:r>
+      <w:r w:rsidR="6E68270E" w:rsidRPr="3FEE469E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3FEE469E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C5028E">
-[...12 lines deleted...]
-        <w:r w:rsidR="007F679C" w:rsidRPr="007F679C">
+      <w:hyperlink r:id="rId12">
+        <w:r w:rsidRPr="3FEE469E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           </w:rPr>
           <w:t>CCYP | Child Safe Standards</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidR="38EC4664" w:rsidRPr="3FEE469E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="22C1A21C" w14:textId="77777777" w:rsidR="003918A5" w:rsidRPr="00F77EF2" w:rsidRDefault="003918A5" w:rsidP="00E67575"/>
-[...5 lines deleted...]
-        <w:t>Definitions</w:t>
+    <w:p w14:paraId="46D523A6" w14:textId="110BC560" w:rsidR="70807287" w:rsidRPr="0061544E" w:rsidRDefault="70807287" w:rsidP="0061544E">
+      <w:pPr>
+        <w:pStyle w:val="DHHSbullet1lastline"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="7CABBD11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Additionally, Melbourne Water is required to comply with its obligations under the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B87B7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Worker Screening Act 2020</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7CABBD11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Vic) by ensuring all individuals it engages in child-related work hold a valid Working With Children Check, unless an exemption applies.</w:t>
       </w:r>
     </w:p>
-    <w:tbl>
-[...166 lines deleted...]
-    <w:p w14:paraId="7474F6CF" w14:textId="77777777" w:rsidR="008675E5" w:rsidRDefault="008675E5" w:rsidP="008675E5">
+    <w:p w14:paraId="6E77E2D4" w14:textId="4DF0BAFE" w:rsidR="2A96A878" w:rsidRPr="0061544E" w:rsidRDefault="2A15849E" w:rsidP="0061544E">
+      <w:pPr>
+        <w:pStyle w:val="DHHSbullet1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="5EE04D6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>Melbourne Water</w:t>
+      </w:r>
+      <w:r w:rsidR="2924A916" w:rsidRPr="5EE04D6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> officers</w:t>
+      </w:r>
+      <w:r w:rsidR="206ED74E" w:rsidRPr="5EE04D6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, contractors, secondees and volunteers </w:t>
+      </w:r>
+      <w:r w:rsidR="2924A916" w:rsidRPr="5EE04D6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5EE04D6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> also required to comply with </w:t>
+      </w:r>
+      <w:r w:rsidR="27269406" w:rsidRPr="5EE04D6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5EE04D6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> legislative obligations under the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="5EE04D6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Crimes Act 1958 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="5EE04D6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>(Vic):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59DFEE59" w14:textId="2B749600" w:rsidR="2A96A878" w:rsidRPr="0061544E" w:rsidRDefault="2A96A878" w:rsidP="5EE2713A">
+      <w:pPr>
+        <w:pStyle w:val="DHHSbullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24860EA7" w14:textId="6006A676" w:rsidR="2A96A878" w:rsidRPr="00B87B7E" w:rsidRDefault="0B6170B9" w:rsidP="00B87B7E">
+      <w:pPr>
+        <w:pStyle w:val="DHHSbullet1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B87B7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Failure to disclose:</w:t>
+      </w:r>
+      <w:r w:rsidR="6C024386" w:rsidRPr="00B87B7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="6C024386" w:rsidRPr="00B87B7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>In accordance with</w:t>
+      </w:r>
+      <w:r w:rsidR="632F7368" w:rsidRPr="00B87B7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> s</w:t>
+      </w:r>
+      <w:r w:rsidR="107FF943" w:rsidRPr="00B87B7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ection 327 of the Act, </w:t>
+      </w:r>
+      <w:r w:rsidR="3F19A1AC" w:rsidRPr="00B87B7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B87B7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">eporting child </w:t>
+      </w:r>
+      <w:r w:rsidR="65DA2DED" w:rsidRPr="00B87B7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sexual </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B87B7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>abuse is a community-wide responsibility. A</w:t>
+      </w:r>
+      <w:r w:rsidR="6FFDE6C0" w:rsidRPr="00B87B7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nyone </w:t>
+      </w:r>
+      <w:r w:rsidR="35106A33" w:rsidRPr="00B87B7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">over the age of 18 </w:t>
+      </w:r>
+      <w:r w:rsidR="6FFDE6C0" w:rsidRPr="00B87B7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>at Melbourne Water</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B87B7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> who ha</w:t>
+      </w:r>
+      <w:r w:rsidR="37178C4E" w:rsidRPr="00B87B7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B87B7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a reasonable belief that an adult has committed a sexual offence against a child under 16 have an obligation to report that information to the police. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07CFCBD8" w14:textId="1892653B" w:rsidR="5EE04D6F" w:rsidRDefault="5EE04D6F" w:rsidP="5EE2713A">
+      <w:pPr>
+        <w:pStyle w:val="DHHSbullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57E273DB" w14:textId="0DD74C44" w:rsidR="008C3544" w:rsidRPr="0061544E" w:rsidRDefault="008C3544" w:rsidP="00D77947">
+      <w:pPr>
+        <w:pStyle w:val="DHHSbullet1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0061544E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Failure to protect:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0061544E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0BA05AFE" w:rsidRPr="0061544E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In accordance with section 49O of the Act, </w:t>
+      </w:r>
+      <w:r w:rsidR="152852BB" w:rsidRPr="0061544E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">anyone at </w:t>
+      </w:r>
+      <w:r w:rsidR="7E9F04EC" w:rsidRPr="0061544E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Melbourne Water </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0061544E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will commit an offence if they know of a substantial risk of child </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0061544E" w:rsidDel="00771C95">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sexual </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0061544E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>abuse and have the power or responsibility to reduce or remove the risk, but negligently fail to do so.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22C1A21C" w14:textId="77777777" w:rsidR="003918A5" w:rsidRPr="0061544E" w:rsidRDefault="003918A5" w:rsidP="00E67575"/>
+    <w:p w14:paraId="7474F6CF" w14:textId="77777777" w:rsidR="008675E5" w:rsidRPr="0061544E" w:rsidRDefault="008675E5" w:rsidP="008675E5">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="0061544E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Stakeholder Consultation </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="462D67E6" w14:textId="77777777" w:rsidR="008675E5" w:rsidRPr="00F31C89" w:rsidRDefault="008675E5" w:rsidP="008675E5">
+    <w:p w14:paraId="462D67E6" w14:textId="1E40D8AF" w:rsidR="008675E5" w:rsidRPr="0061544E" w:rsidRDefault="008675E5" w:rsidP="008675E5">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="0061544E">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">People and </w:t>
+      </w:r>
+      <w:r w:rsidR="60FB55E7" w:rsidRPr="0061544E">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Transformation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7737550D" w14:textId="32E08DB1" w:rsidR="008675E5" w:rsidRPr="0061544E" w:rsidRDefault="008675E5" w:rsidP="00E6500A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0061544E">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Customer</w:t>
+      </w:r>
+      <w:r w:rsidR="1F61BA92" w:rsidRPr="0061544E">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E6500A" w:rsidRPr="0061544E">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Community &amp; External Affairs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0061544E">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20C6DAAC" w14:textId="6BA88AE7" w:rsidR="008675E5" w:rsidRPr="0061544E" w:rsidRDefault="008675E5" w:rsidP="008675E5">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0061544E">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Legal </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D3926AB" w14:textId="77777777" w:rsidR="00726D39" w:rsidRPr="0061544E" w:rsidRDefault="00726D39" w:rsidP="00726D39"/>
+    <w:p w14:paraId="1AB4D7C1" w14:textId="77777777" w:rsidR="0061544E" w:rsidRDefault="0061544E">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="00428B"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>People and Capability</w:t>
+        <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56F7B067" w14:textId="77777777" w:rsidR="008675E5" w:rsidRDefault="008675E5" w:rsidP="008675E5">
-[...39 lines deleted...]
-    <w:p w14:paraId="5004C65C" w14:textId="72468D98" w:rsidR="00726D39" w:rsidRPr="009D2B09" w:rsidRDefault="0070602C" w:rsidP="009D2B09">
+    <w:p w14:paraId="5004C65C" w14:textId="5734ABEF" w:rsidR="00726D39" w:rsidRPr="0061544E" w:rsidRDefault="0070602C" w:rsidP="009D2B09">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="0061544E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>References</w:t>
       </w:r>
-      <w:r w:rsidR="003918A5">
+      <w:r w:rsidR="003918A5" w:rsidRPr="0061544E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="MelbourneWaterTableStyle"/>
         <w:tblW w:w="9628" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3823"/>
         <w:gridCol w:w="5805"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008675E5" w:rsidRPr="001854C2" w14:paraId="64BA1EDA" w14:textId="77777777" w:rsidTr="008675E5">
+      <w:tr w:rsidR="008675E5" w:rsidRPr="0061544E" w14:paraId="64BA1EDA" w14:textId="77777777" w:rsidTr="008675E5">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9628" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="7580AEAD" w14:textId="3D3A5178" w:rsidR="008675E5" w:rsidRPr="001854C2" w:rsidRDefault="008675E5" w:rsidP="00AF1493">
+          <w:p w14:paraId="7580AEAD" w14:textId="3BE5A453" w:rsidR="008675E5" w:rsidRPr="0061544E" w:rsidRDefault="008675E5" w:rsidP="00911305">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="0061544E">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Standards and Related documents</w:t>
+              <w:t xml:space="preserve">Standards and </w:t>
+            </w:r>
+            <w:r w:rsidR="00E6500A" w:rsidRPr="0061544E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>r</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0061544E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>elated documents</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008675E5" w:rsidRPr="009E5D53" w14:paraId="2412602D" w14:textId="77777777" w:rsidTr="007C6F78">
+      <w:tr w:rsidR="008675E5" w:rsidRPr="0061544E" w14:paraId="2412602D" w14:textId="77777777" w:rsidTr="007C6F78">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3823" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="561D4F47" w14:textId="09B3A6E1" w:rsidR="008675E5" w:rsidRDefault="008675E5" w:rsidP="00AF1493">
+          <w:p w14:paraId="561D4F47" w14:textId="09B3A6E1" w:rsidR="008675E5" w:rsidRPr="0061544E" w:rsidRDefault="008675E5" w:rsidP="00911305">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="0061544E">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Child Safe Procedure</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5805" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D774803" w14:textId="18E07C2D" w:rsidR="008675E5" w:rsidRDefault="00027C78" w:rsidP="00AF1493">
+          <w:p w14:paraId="3D774803" w14:textId="18E07C2D" w:rsidR="008675E5" w:rsidRPr="0061544E" w:rsidRDefault="007C6F78" w:rsidP="00911305">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:hyperlink r:id="rId10" w:history="1">
-              <w:r w:rsidR="007C6F78" w:rsidRPr="00B37CB7">
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r w:rsidRPr="0061544E">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>https://</w:t>
               </w:r>
             </w:hyperlink>
-            <w:hyperlink r:id="rId11" w:history="1">
-              <w:r w:rsidR="007C6F78" w:rsidRPr="00B37CB7">
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r w:rsidRPr="0061544E">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>inflo/inflo/cs.exe/properties/39972053</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008675E5" w:rsidRPr="009E5D53" w14:paraId="784FFB9B" w14:textId="77777777" w:rsidTr="007C6F78">
+      <w:tr w:rsidR="008675E5" w:rsidRPr="0061544E" w14:paraId="784FFB9B" w14:textId="77777777" w:rsidTr="007C6F78">
         <w:trPr>
           <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3823" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5404FFD2" w14:textId="61E13608" w:rsidR="008675E5" w:rsidRDefault="008675E5" w:rsidP="00AF1493">
+          <w:p w14:paraId="5404FFD2" w14:textId="03E32EF9" w:rsidR="008675E5" w:rsidRPr="0061544E" w:rsidRDefault="008675E5" w:rsidP="00911305">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="0061544E">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Child Safe Incident Report</w:t>
+            </w:r>
+            <w:r w:rsidR="24AF3DDA" w:rsidRPr="0061544E">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Form</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5805" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5ED6FA5F" w14:textId="07A2FCAB" w:rsidR="008675E5" w:rsidRDefault="00027C78" w:rsidP="00AF1493">
+          <w:p w14:paraId="5ED6FA5F" w14:textId="07A2FCAB" w:rsidR="008675E5" w:rsidRPr="0061544E" w:rsidRDefault="007C6F78" w:rsidP="00911305">
             <w:pPr>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
-              <w:r w:rsidR="007C6F78" w:rsidRPr="00B37CB7">
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r w:rsidRPr="0061544E">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>https://</w:t>
               </w:r>
             </w:hyperlink>
-            <w:hyperlink r:id="rId13" w:history="1">
-              <w:r w:rsidR="007C6F78" w:rsidRPr="00B37CB7">
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r w:rsidRPr="0061544E">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>inflo/inflo/cs.exe/properties/39971581</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D0826" w:rsidRPr="009E5D53" w14:paraId="6E7DF163" w14:textId="77777777" w:rsidTr="007C6F78">
+      <w:tr w:rsidR="004D0826" w:rsidRPr="0061544E" w14:paraId="6E7DF163" w14:textId="77777777" w:rsidTr="007C6F78">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3823" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="533E82B6" w14:textId="2F6D0E18" w:rsidR="004D0826" w:rsidRPr="000232B6" w:rsidRDefault="00060386" w:rsidP="00AF1493">
+          <w:p w14:paraId="533E82B6" w14:textId="341DE0E2" w:rsidR="004D0826" w:rsidRPr="0061544E" w:rsidRDefault="009B50B2" w:rsidP="00911305">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="0061544E">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>Families, Fairness and Housing</w:t>
+              <w:t>Social Services Regulator</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5805" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20296114" w14:textId="6AE794BB" w:rsidR="004D0826" w:rsidRPr="009E5D53" w:rsidRDefault="00027C78" w:rsidP="00AF1493">
+          <w:p w14:paraId="20296114" w14:textId="79490282" w:rsidR="009B50B2" w:rsidRPr="0061544E" w:rsidRDefault="009B50B2" w:rsidP="00911305">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
-              <w:r w:rsidR="00060386">
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r w:rsidRPr="0061544E">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
-                <w:t>Resources for Child Safe Standards - DFFH Service Providers</w:t>
+                <w:t>Changes to the regulation of Child Safe Standards | vic.gov.au</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00955343" w:rsidRPr="009E5D53" w14:paraId="2C183ED9" w14:textId="77777777" w:rsidTr="007C6F78">
+      <w:tr w:rsidR="00955343" w:rsidRPr="0061544E" w14:paraId="2C183ED9" w14:textId="77777777" w:rsidTr="007C6F78">
         <w:trPr>
           <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3823" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="70A25AD9" w14:textId="17F3A3DE" w:rsidR="004D0826" w:rsidRPr="000232B6" w:rsidRDefault="00611817" w:rsidP="00AF1493">
+          <w:p w14:paraId="70A25AD9" w14:textId="17F3A3DE" w:rsidR="004D0826" w:rsidRPr="0061544E" w:rsidRDefault="00611817" w:rsidP="00911305">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="0061544E">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Commission for Children and Young People</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5805" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F8428A7" w14:textId="089B40DD" w:rsidR="004D0826" w:rsidRPr="009E5D53" w:rsidRDefault="00027C78" w:rsidP="00C61139">
+          <w:p w14:paraId="1F8428A7" w14:textId="089B40DD" w:rsidR="004D0826" w:rsidRPr="0061544E" w:rsidRDefault="007F679C" w:rsidP="00C61139">
             <w:pPr>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
-              <w:r w:rsidR="007F679C" w:rsidRPr="007F679C">
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r w:rsidRPr="0061544E">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>CCYP | Child Safe Standards</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00955343" w:rsidRPr="009E5D53" w14:paraId="1086AEDE" w14:textId="77777777" w:rsidTr="007C6F78">
+      <w:tr w:rsidR="00955343" w:rsidRPr="0061544E" w14:paraId="1086AEDE" w14:textId="77777777" w:rsidTr="007C6F78">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3823" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6137DB0B" w14:textId="4AD70A6B" w:rsidR="00955343" w:rsidRDefault="00955343" w:rsidP="00AF1493">
+          <w:p w14:paraId="6137DB0B" w14:textId="4AD70A6B" w:rsidR="00955343" w:rsidRPr="0061544E" w:rsidRDefault="00955343" w:rsidP="00911305">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00955343">
+            <w:r w:rsidRPr="0061544E">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Australian Human Rights Commission</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5805" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36DB277D" w14:textId="682090A0" w:rsidR="00955343" w:rsidRDefault="00027C78" w:rsidP="00C61139">
+          <w:p w14:paraId="36DB277D" w14:textId="682090A0" w:rsidR="00955343" w:rsidRPr="0061544E" w:rsidRDefault="00060386" w:rsidP="00C61139">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
-              <w:r w:rsidR="00060386" w:rsidRPr="00060386">
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r w:rsidRPr="0061544E">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Child Safe Human Rights</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="000344A3" w:rsidRPr="0061544E" w14:paraId="56621AC7" w14:textId="77777777" w:rsidTr="007C6F78">
+        <w:trPr>
+          <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3823" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6966F4E6" w14:textId="5B3F280E" w:rsidR="000344A3" w:rsidRPr="0061544E" w:rsidRDefault="000344A3" w:rsidP="00911305">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061544E">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reportable Conduct Scheme</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DCE1756" w14:textId="670AA2DD" w:rsidR="000344A3" w:rsidRPr="0061544E" w:rsidRDefault="008E033E" w:rsidP="00C61139">
+            <w:pPr>
+              <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r w:rsidRPr="0061544E">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                </w:rPr>
+                <w:t>Reportable Conduct Scheme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
-    <w:p w14:paraId="22C1A230" w14:textId="77777777" w:rsidR="003918A5" w:rsidRPr="007D0338" w:rsidRDefault="003918A5" w:rsidP="004D0826">
+    <w:p w14:paraId="22C1A230" w14:textId="77777777" w:rsidR="003918A5" w:rsidRPr="0061544E" w:rsidRDefault="003918A5" w:rsidP="004D0826">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="22C1A231" w14:textId="77777777" w:rsidR="003918A5" w:rsidRDefault="00B71DFC" w:rsidP="00E67575">
+    <w:p w14:paraId="22C1A231" w14:textId="77777777" w:rsidR="003918A5" w:rsidRPr="0061544E" w:rsidRDefault="00B71DFC" w:rsidP="00E67575">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="0061544E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Accountability</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="MelbourneWaterTableStyle1"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1969"/>
-        <w:gridCol w:w="7649"/>
+        <w:gridCol w:w="1970"/>
+        <w:gridCol w:w="7658"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004D0826" w:rsidRPr="001854C2" w14:paraId="43A25FEB" w14:textId="77777777" w:rsidTr="00150DD0">
+      <w:tr w:rsidR="004D0826" w:rsidRPr="0061544E" w14:paraId="43A25FEB" w14:textId="77777777" w:rsidTr="00150DD0">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1970" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="23C92A16" w14:textId="1128710B" w:rsidR="004D0826" w:rsidRPr="001854C2" w:rsidRDefault="004D0826" w:rsidP="00AF1493">
+          <w:p w14:paraId="23C92A16" w14:textId="1128710B" w:rsidR="004D0826" w:rsidRPr="0061544E" w:rsidRDefault="004D0826" w:rsidP="00911305">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001854C2">
+            <w:r w:rsidRPr="0061544E">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Role</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7658" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="77604776" w14:textId="0837BD35" w:rsidR="004D0826" w:rsidRPr="001854C2" w:rsidRDefault="004D0826" w:rsidP="00AF1493">
+          <w:p w14:paraId="77604776" w14:textId="0837BD35" w:rsidR="004D0826" w:rsidRPr="0061544E" w:rsidRDefault="004D0826" w:rsidP="00911305">
             <w:pPr>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001854C2">
+            <w:r w:rsidRPr="0061544E">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Responsibilities</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008675E5" w:rsidRPr="009E5D53" w14:paraId="2E52A00B" w14:textId="77777777" w:rsidTr="00150DD0">
+      <w:tr w:rsidR="008675E5" w:rsidRPr="0061544E" w14:paraId="2E52A00B" w14:textId="77777777" w:rsidTr="00150DD0">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1970" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0404A098" w14:textId="0D4A64B9" w:rsidR="008675E5" w:rsidRPr="007C6F78" w:rsidRDefault="007F679C" w:rsidP="008675E5">
-            <w:r>
+          <w:p w14:paraId="0404A098" w14:textId="0D4A64B9" w:rsidR="008675E5" w:rsidRPr="0061544E" w:rsidRDefault="007F679C" w:rsidP="008675E5">
+            <w:r w:rsidRPr="0061544E">
               <w:t>Manager Water Literacy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7658" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3AE53A05" w14:textId="77777777" w:rsidR="00371329" w:rsidRDefault="00371329" w:rsidP="00AF1493">
+          <w:p w14:paraId="3AE53A05" w14:textId="77777777" w:rsidR="00371329" w:rsidRPr="0061544E" w:rsidRDefault="00371329" w:rsidP="00911305">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="0061544E">
               <w:t xml:space="preserve">Review and approval of child safe documents </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="63C3A597" w14:textId="77777777" w:rsidR="00CB6EB5" w:rsidRPr="00955343" w:rsidRDefault="00CB6EB5" w:rsidP="007C6F78">
+          <w:p w14:paraId="63C3A597" w14:textId="77777777" w:rsidR="00CB6EB5" w:rsidRPr="0061544E" w:rsidRDefault="00CB6EB5" w:rsidP="007C6F78">
             <w:pPr>
               <w:pStyle w:val="ListBullet"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="0061544E">
               <w:t>Handling of child safe incident reports</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4091A423" w14:textId="61DF7805" w:rsidR="00955343" w:rsidDel="008675E5" w:rsidRDefault="00955343" w:rsidP="00AF1493">
+          <w:p w14:paraId="4091A423" w14:textId="61DF7805" w:rsidR="00955343" w:rsidRPr="0061544E" w:rsidDel="008675E5" w:rsidRDefault="00955343" w:rsidP="00911305">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008675E5" w:rsidRPr="009E5D53" w14:paraId="6B75FD88" w14:textId="77777777" w:rsidTr="00150DD0">
+      <w:tr w:rsidR="008675E5" w:rsidRPr="0061544E" w14:paraId="6B75FD88" w14:textId="77777777" w:rsidTr="00150DD0">
         <w:trPr>
           <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1970" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="058DD9A1" w14:textId="5A4B5BF6" w:rsidR="008675E5" w:rsidRPr="007C6F78" w:rsidDel="008675E5" w:rsidRDefault="00CB6EB5" w:rsidP="00D22B38">
-            <w:r>
+          <w:p w14:paraId="058DD9A1" w14:textId="5A4B5BF6" w:rsidR="008675E5" w:rsidRPr="0061544E" w:rsidDel="008675E5" w:rsidRDefault="00CB6EB5" w:rsidP="00D22B38">
+            <w:r w:rsidRPr="0061544E">
               <w:t xml:space="preserve">Program Lead, </w:t>
             </w:r>
-            <w:r w:rsidR="00D22B38">
+            <w:r w:rsidR="00D22B38" w:rsidRPr="0061544E">
               <w:t xml:space="preserve">Water Literacy </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7658" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07BB0A1A" w14:textId="58C829EC" w:rsidR="0030479C" w:rsidRPr="00955343" w:rsidRDefault="00371329" w:rsidP="005C2C24">
+          <w:p w14:paraId="07BB0A1A" w14:textId="58C829EC" w:rsidR="0030479C" w:rsidRPr="0061544E" w:rsidRDefault="00371329" w:rsidP="005C2C24">
             <w:pPr>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="0061544E">
               <w:t>Annual policy and procedure review</w:t>
             </w:r>
-            <w:r w:rsidDel="00371329">
+            <w:r w:rsidRPr="0061544E" w:rsidDel="00371329">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="0030479C">
+            <w:r w:rsidR="0030479C" w:rsidRPr="0061544E">
               <w:t>Handling of child safe incident reports</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2DE2A8E4" w14:textId="5C782F32" w:rsidR="008675E5" w:rsidDel="008675E5" w:rsidRDefault="0030479C" w:rsidP="00D22B38">
+          <w:p w14:paraId="2DE2A8E4" w14:textId="27B06152" w:rsidR="008675E5" w:rsidRPr="0061544E" w:rsidDel="008675E5" w:rsidRDefault="00B72A03" w:rsidP="00D22B38">
             <w:pPr>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:r>
-              <w:t>On-boarding and training</w:t>
+            <w:r w:rsidRPr="0061544E">
+              <w:t>Support the team with o</w:t>
             </w:r>
-            <w:r w:rsidR="004F1683">
+            <w:r w:rsidR="0030479C" w:rsidRPr="0061544E">
+              <w:t>n-boarding and training</w:t>
+            </w:r>
+            <w:r w:rsidR="004F1683" w:rsidRPr="0061544E">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00D22B38">
-              <w:t>Water Literacy team</w:t>
+            <w:r w:rsidRPr="0061544E">
+              <w:t xml:space="preserve">of </w:t>
             </w:r>
-            <w:r w:rsidR="005C2C24">
-              <w:t xml:space="preserve"> on child safety </w:t>
+            <w:r w:rsidR="005C2C24" w:rsidRPr="0061544E">
+              <w:t xml:space="preserve">child safety </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="0030479C" w:rsidRPr="0061544E">
               <w:t>&amp; wellbeing</w:t>
             </w:r>
-            <w:r w:rsidR="004F1683">
+            <w:r w:rsidR="004F1683" w:rsidRPr="0061544E">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008675E5" w:rsidRPr="009E5D53" w14:paraId="1C6CB911" w14:textId="77777777" w:rsidTr="00150DD0">
+      <w:tr w:rsidR="008675E5" w:rsidRPr="0061544E" w14:paraId="1C6CB911" w14:textId="77777777" w:rsidTr="00150DD0">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1970" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F6C3BD1" w14:textId="4A8ABD69" w:rsidR="008675E5" w:rsidRPr="007C6F78" w:rsidRDefault="008675E5" w:rsidP="00AF1493">
-[...1 lines deleted...]
-              <w:t>People &amp; Capability</w:t>
+          <w:p w14:paraId="1F6C3BD1" w14:textId="1E24D2C8" w:rsidR="008675E5" w:rsidRPr="0061544E" w:rsidRDefault="008675E5" w:rsidP="00911305">
+            <w:r w:rsidRPr="0061544E">
+              <w:t xml:space="preserve">People </w:t>
+            </w:r>
+            <w:r w:rsidR="2917CDD4" w:rsidRPr="0061544E">
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0061544E">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="27C80955" w:rsidRPr="0061544E">
+              <w:t>Transformation</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0061544E">
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7658" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="163F7B5F" w14:textId="6382C079" w:rsidR="00CB6EB5" w:rsidDel="008675E5" w:rsidRDefault="00CB6EB5" w:rsidP="007C6F78">
+          <w:p w14:paraId="163F7B5F" w14:textId="6382C079" w:rsidR="00CB6EB5" w:rsidRPr="0061544E" w:rsidDel="008675E5" w:rsidRDefault="00CB6EB5" w:rsidP="007C6F78">
             <w:pPr>
               <w:pStyle w:val="ListBullet"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="0061544E">
               <w:t>Recruitment processes include relevant e</w:t>
             </w:r>
-            <w:r w:rsidR="008675E5">
+            <w:r w:rsidR="008675E5" w:rsidRPr="0061544E">
               <w:t>mployee checks</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="0061544E">
               <w:t xml:space="preserve">, including Working With Children Checks. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008675E5" w:rsidRPr="009E5D53" w14:paraId="4FB50146" w14:textId="77777777" w:rsidTr="00150DD0">
+      <w:tr w:rsidR="008675E5" w:rsidRPr="0061544E" w14:paraId="4FB50146" w14:textId="77777777" w:rsidTr="00150DD0">
         <w:trPr>
           <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1970" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0015AB10" w14:textId="7904581F" w:rsidR="008675E5" w:rsidRPr="008675E5" w:rsidRDefault="008675E5" w:rsidP="00AF1493">
-            <w:r w:rsidRPr="008675E5">
+          <w:p w14:paraId="0015AB10" w14:textId="7904581F" w:rsidR="008675E5" w:rsidRPr="0061544E" w:rsidRDefault="008675E5" w:rsidP="00911305">
+            <w:r w:rsidRPr="0061544E">
               <w:t>Employees</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7658" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62505332" w14:textId="77DE4ADA" w:rsidR="008675E5" w:rsidRDefault="008675E5" w:rsidP="008675E5">
+          <w:p w14:paraId="21873A42" w14:textId="1558C35B" w:rsidR="008675E5" w:rsidRPr="0061544E" w:rsidRDefault="008675E5" w:rsidP="008675E5">
             <w:pPr>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="0061544E">
               <w:t>Working with children or young people:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2A6D2DD6" w14:textId="7A2DBEF5" w:rsidR="008675E5" w:rsidRDefault="008675E5" w:rsidP="005C2C24">
+          <w:p w14:paraId="44F59E37" w14:textId="3F03468A" w:rsidR="6C7FDD6E" w:rsidRPr="0061544E" w:rsidRDefault="6C7FDD6E">
+            <w:pPr>
+              <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2A6D2DD6" w14:textId="5939B107" w:rsidR="008675E5" w:rsidRPr="0061544E" w:rsidRDefault="008675E5" w:rsidP="005C2C24">
             <w:pPr>
               <w:pStyle w:val="ListBullet"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:ind w:left="360"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="0061544E">
               <w:t>•</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="0061544E">
               <w:tab/>
               <w:t>Meeting the requirements of their position accountabilities</w:t>
             </w:r>
+            <w:r w:rsidR="0CF809F2" w:rsidRPr="0061544E">
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="39842B68" w14:textId="77777777" w:rsidR="008675E5" w:rsidRDefault="008675E5" w:rsidP="005C2C24">
+          <w:p w14:paraId="2BB2B386" w14:textId="4B5CB31B" w:rsidR="6C7FDD6E" w:rsidRPr="0061544E" w:rsidRDefault="6C7FDD6E" w:rsidP="00D77947">
+            <w:pPr>
+              <w:pStyle w:val="ListBullet"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="39842B68" w14:textId="6351A7C5" w:rsidR="008675E5" w:rsidRPr="0061544E" w:rsidRDefault="008675E5" w:rsidP="005C2C24">
             <w:pPr>
               <w:pStyle w:val="ListBullet"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:ind w:left="360"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="0061544E">
               <w:t>•</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="0061544E">
               <w:tab/>
               <w:t>Observing requirements of the Code of Conduct</w:t>
             </w:r>
+            <w:r w:rsidR="5D56CB09" w:rsidRPr="0061544E">
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="1E820542" w14:textId="77777777" w:rsidR="008675E5" w:rsidRDefault="008675E5" w:rsidP="005C2C24">
+          <w:p w14:paraId="77AA70E0" w14:textId="7970615C" w:rsidR="6C7FDD6E" w:rsidRPr="0061544E" w:rsidRDefault="6C7FDD6E" w:rsidP="00D77947">
+            <w:pPr>
+              <w:pStyle w:val="ListBullet"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1E820542" w14:textId="63CBC00C" w:rsidR="008675E5" w:rsidRPr="0061544E" w:rsidRDefault="008675E5" w:rsidP="005C2C24">
             <w:pPr>
               <w:pStyle w:val="ListBullet"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:ind w:left="360"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="0061544E">
               <w:t>•</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="0061544E">
               <w:tab/>
               <w:t>Complying with the requirements of this procedure</w:t>
             </w:r>
+            <w:r w:rsidR="2CAD86B0" w:rsidRPr="0061544E">
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="5937C646" w14:textId="77777777" w:rsidR="008675E5" w:rsidRDefault="008675E5" w:rsidP="005C2C24">
+          <w:p w14:paraId="04938339" w14:textId="39637947" w:rsidR="6C7FDD6E" w:rsidRPr="0061544E" w:rsidRDefault="6C7FDD6E" w:rsidP="6C7FDD6E">
             <w:pPr>
               <w:pStyle w:val="ListBullet"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:ind w:left="360"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:r>
+          </w:p>
+          <w:p w14:paraId="5937C646" w14:textId="74CC32DD" w:rsidR="008675E5" w:rsidRPr="0061544E" w:rsidRDefault="008675E5" w:rsidP="005C2C24">
+            <w:pPr>
+              <w:pStyle w:val="ListBullet"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:ind w:left="360"/>
+              <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0061544E">
               <w:t>•</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="0061544E">
               <w:tab/>
               <w:t>Attending training and awareness as required from time to time</w:t>
             </w:r>
+            <w:r w:rsidR="2C995350" w:rsidRPr="0061544E">
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="5A502555" w14:textId="4740DE47" w:rsidR="00CB6EB5" w:rsidDel="008675E5" w:rsidRDefault="00CB6EB5" w:rsidP="007C6F78">
+          <w:p w14:paraId="5A502555" w14:textId="4740DE47" w:rsidR="00CB6EB5" w:rsidRPr="0061544E" w:rsidDel="008675E5" w:rsidRDefault="00CB6EB5" w:rsidP="007C6F78">
             <w:pPr>
               <w:pStyle w:val="ListBullet"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008675E5" w:rsidRPr="009E5D53" w14:paraId="48548379" w14:textId="77777777" w:rsidTr="00150DD0">
+      <w:tr w:rsidR="008675E5" w:rsidRPr="0061544E" w14:paraId="48548379" w14:textId="77777777" w:rsidTr="00150DD0">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1970" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="736980C5" w14:textId="62FA99AC" w:rsidR="008675E5" w:rsidRPr="008675E5" w:rsidRDefault="008675E5" w:rsidP="00AF1493">
-            <w:r w:rsidRPr="008675E5">
+          <w:p w14:paraId="736980C5" w14:textId="62FA99AC" w:rsidR="008675E5" w:rsidRPr="0061544E" w:rsidRDefault="008675E5" w:rsidP="00911305">
+            <w:r w:rsidRPr="0061544E">
               <w:t>Volunteers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7658" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="371C67B5" w14:textId="77777777" w:rsidR="008675E5" w:rsidRDefault="008675E5" w:rsidP="008675E5">
+          <w:p w14:paraId="371C67B5" w14:textId="77777777" w:rsidR="008675E5" w:rsidRPr="0061544E" w:rsidRDefault="008675E5" w:rsidP="008675E5">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="0061544E">
               <w:t>Working with children or young people:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="317DF609" w14:textId="2B277593" w:rsidR="008675E5" w:rsidDel="008675E5" w:rsidRDefault="008675E5" w:rsidP="007C6F78">
+          <w:p w14:paraId="46873F48" w14:textId="0F2E7B5C" w:rsidR="6C7FDD6E" w:rsidRPr="0061544E" w:rsidRDefault="6C7FDD6E">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="317DF609" w14:textId="103CCFE1" w:rsidR="008675E5" w:rsidRPr="0061544E" w:rsidDel="008675E5" w:rsidRDefault="008675E5" w:rsidP="00D77947">
             <w:pPr>
               <w:pStyle w:val="ListBullet"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="360"/>
+                <w:tab w:val="num" w:pos="610"/>
+              </w:tabs>
+              <w:ind w:hanging="34"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:r w:rsidRPr="008675E5">
+            <w:r w:rsidRPr="0061544E">
               <w:t>Complying with the requirements of this procedure</w:t>
+            </w:r>
+            <w:r w:rsidR="25EEFE83" w:rsidRPr="0061544E">
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008675E5" w:rsidRPr="009E5D53" w14:paraId="14964F34" w14:textId="77777777" w:rsidTr="00150DD0">
+      <w:tr w:rsidR="008675E5" w:rsidRPr="0061544E" w14:paraId="14964F34" w14:textId="77777777" w:rsidTr="00150DD0">
         <w:trPr>
           <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1970" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="046E55F1" w14:textId="0ADBD844" w:rsidR="008675E5" w:rsidRPr="008675E5" w:rsidRDefault="008675E5" w:rsidP="00AF1493">
-            <w:r w:rsidRPr="008675E5">
+          <w:p w14:paraId="046E55F1" w14:textId="0ADBD844" w:rsidR="008675E5" w:rsidRPr="0061544E" w:rsidRDefault="008675E5" w:rsidP="00911305">
+            <w:r w:rsidRPr="0061544E">
               <w:t>Contractors</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7658" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="21328155" w14:textId="77777777" w:rsidR="008675E5" w:rsidRDefault="008675E5" w:rsidP="008675E5">
+          <w:p w14:paraId="21328155" w14:textId="77777777" w:rsidR="008675E5" w:rsidRPr="0061544E" w:rsidRDefault="008675E5" w:rsidP="008675E5">
             <w:pPr>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="0061544E">
               <w:t>Working with children or young people:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="17E3ADFC" w14:textId="18DE2F87" w:rsidR="008675E5" w:rsidDel="008675E5" w:rsidRDefault="008675E5" w:rsidP="00AF1493">
+          <w:p w14:paraId="1B95FA85" w14:textId="420E646E" w:rsidR="6C7FDD6E" w:rsidRPr="0061544E" w:rsidRDefault="6C7FDD6E">
             <w:pPr>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:r w:rsidRPr="008675E5">
+          </w:p>
+          <w:p w14:paraId="17E3ADFC" w14:textId="0E2B5B23" w:rsidR="008675E5" w:rsidRPr="0061544E" w:rsidDel="008675E5" w:rsidRDefault="008675E5" w:rsidP="00911305">
+            <w:pPr>
+              <w:ind w:left="751" w:hanging="425"/>
+              <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0061544E">
               <w:t>•</w:t>
             </w:r>
-            <w:r w:rsidRPr="008675E5">
+            <w:r w:rsidRPr="0061544E">
               <w:tab/>
               <w:t>Complying with the requirements of this procedure</w:t>
+            </w:r>
+            <w:r w:rsidR="6C37148E" w:rsidRPr="0061544E">
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0B431624" w14:textId="77777777" w:rsidR="008675E5" w:rsidRDefault="008675E5" w:rsidP="001854C2">
+    <w:p w14:paraId="0B431624" w14:textId="77777777" w:rsidR="008675E5" w:rsidRPr="0061544E" w:rsidRDefault="008675E5" w:rsidP="001854C2">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="766AF7CD" w14:textId="77777777" w:rsidR="008675E5" w:rsidRDefault="008675E5" w:rsidP="001854C2">
+    <w:p w14:paraId="766AF7CD" w14:textId="77777777" w:rsidR="008675E5" w:rsidRPr="0061544E" w:rsidRDefault="008675E5" w:rsidP="001854C2">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="511BE15E" w14:textId="6AF28F29" w:rsidR="005D215F" w:rsidRPr="005D215F" w:rsidRDefault="005D215F" w:rsidP="001854C2">
+    <w:p w14:paraId="511BE15E" w14:textId="6AF28F29" w:rsidR="005D215F" w:rsidRPr="0061544E" w:rsidRDefault="005D215F" w:rsidP="001854C2">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:r w:rsidRPr="005D215F">
+      <w:r w:rsidRPr="0061544E">
         <w:t>Document History</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="MelbourneWaterTableStyle1"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="9628" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1415"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="4131"/>
+        <w:gridCol w:w="1500"/>
+        <w:gridCol w:w="2876"/>
+        <w:gridCol w:w="1245"/>
+        <w:gridCol w:w="4007"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005D215F" w:rsidRPr="001854C2" w14:paraId="01130F34" w14:textId="77777777" w:rsidTr="007A2FC9">
+      <w:tr w:rsidR="005D215F" w:rsidRPr="0061544E" w14:paraId="01130F34" w14:textId="77777777" w:rsidTr="00D77947">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1415" w:type="dxa"/>
+            <w:tcW w:w="1500" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35A1AD96" w14:textId="77777777" w:rsidR="005D215F" w:rsidRPr="001854C2" w:rsidRDefault="005D215F" w:rsidP="005D215F">
+          <w:p w14:paraId="35A1AD96" w14:textId="77777777" w:rsidR="005D215F" w:rsidRPr="0061544E" w:rsidRDefault="005D215F" w:rsidP="005D215F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001854C2">
+            <w:r w:rsidRPr="0061544E">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2961" w:type="dxa"/>
+            <w:tcW w:w="2876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="168D368D" w14:textId="77777777" w:rsidR="005D215F" w:rsidRPr="001854C2" w:rsidRDefault="005D215F" w:rsidP="005D215F">
+          <w:p w14:paraId="168D368D" w14:textId="77777777" w:rsidR="005D215F" w:rsidRPr="0061544E" w:rsidRDefault="005D215F" w:rsidP="005D215F">
             <w:pPr>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001854C2">
+            <w:r w:rsidRPr="0061544E">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Reviewed/ Actioned By</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1114" w:type="dxa"/>
+            <w:tcW w:w="1245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="427277A5" w14:textId="77777777" w:rsidR="005D215F" w:rsidRPr="001854C2" w:rsidRDefault="005D215F" w:rsidP="005D215F">
+          <w:p w14:paraId="427277A5" w14:textId="77777777" w:rsidR="005D215F" w:rsidRPr="0061544E" w:rsidRDefault="005D215F" w:rsidP="005D215F">
             <w:pPr>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001854C2">
+            <w:r w:rsidRPr="0061544E">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Version</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4138" w:type="dxa"/>
+            <w:tcW w:w="4007" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C64C62A" w14:textId="77777777" w:rsidR="005D215F" w:rsidRPr="001854C2" w:rsidRDefault="005D215F" w:rsidP="005D215F">
+          <w:p w14:paraId="3C64C62A" w14:textId="77777777" w:rsidR="005D215F" w:rsidRPr="0061544E" w:rsidRDefault="005D215F" w:rsidP="005D215F">
             <w:pPr>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001854C2">
+            <w:r w:rsidRPr="0061544E">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Action</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C3544" w:rsidRPr="005D215F" w14:paraId="6558B149" w14:textId="77777777" w:rsidTr="007A2FC9">
+      <w:tr w:rsidR="007F679C" w:rsidRPr="0061544E" w14:paraId="6DDC7251" w14:textId="77777777" w:rsidTr="00D77947">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1415" w:type="dxa"/>
+            <w:tcW w:w="1500" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="533AFE7A" w14:textId="677D91F4" w:rsidR="008C3544" w:rsidRPr="005D215F" w:rsidRDefault="00FB4E6E" w:rsidP="005D215F">
-[...10 lines deleted...]
-              <w:t>17</w:t>
+          <w:p w14:paraId="360FD696" w14:textId="57BA6C93" w:rsidR="007F679C" w:rsidRPr="0061544E" w:rsidRDefault="007F679C" w:rsidP="0004193B">
+            <w:r w:rsidRPr="0061544E">
+              <w:t>02/05/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2961" w:type="dxa"/>
+            <w:tcW w:w="2876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19417E31" w14:textId="776956CA" w:rsidR="008C3544" w:rsidRPr="005D215F" w:rsidRDefault="008C3544" w:rsidP="005D215F">
+          <w:p w14:paraId="18A81961" w14:textId="0095D601" w:rsidR="007F679C" w:rsidRPr="0061544E" w:rsidRDefault="007F679C" w:rsidP="00F41AF9">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:r>
-              <w:t>Mary Catus-Wood</w:t>
+            <w:r w:rsidRPr="0061544E">
+              <w:t>Marita Tripp</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1114" w:type="dxa"/>
+            <w:tcW w:w="1245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0092E403" w14:textId="4EA02C02" w:rsidR="008C3544" w:rsidRPr="005D215F" w:rsidRDefault="009D2B09" w:rsidP="005D215F">
+          <w:p w14:paraId="03E24C66" w14:textId="6DDBC474" w:rsidR="007F679C" w:rsidRPr="0061544E" w:rsidRDefault="007F679C" w:rsidP="006F455D">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:r>
-              <w:t>1.0</w:t>
+            <w:r w:rsidRPr="0061544E">
+              <w:t>8.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4138" w:type="dxa"/>
+            <w:tcW w:w="4007" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E420223" w14:textId="37F852F9" w:rsidR="008C3544" w:rsidRPr="005D215F" w:rsidRDefault="009D2B09" w:rsidP="005D215F">
+          <w:p w14:paraId="1B999456" w14:textId="129669FB" w:rsidR="007F679C" w:rsidRPr="0061544E" w:rsidRDefault="007F679C" w:rsidP="00F41AF9">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:r>
-              <w:t>New Document</w:t>
+            <w:r w:rsidRPr="0061544E">
+              <w:t>Annual review undertaken</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D215F" w:rsidRPr="005D215F" w14:paraId="3F766B40" w14:textId="77777777" w:rsidTr="007A2FC9">
+      <w:tr w:rsidR="00D22B38" w:rsidRPr="0061544E" w14:paraId="5654BABC" w14:textId="77777777" w:rsidTr="00D77947">
         <w:trPr>
           <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1415" w:type="dxa"/>
+            <w:tcW w:w="1500" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1696282F" w14:textId="17B2FF87" w:rsidR="005D215F" w:rsidRPr="005D215F" w:rsidRDefault="009D2B09" w:rsidP="005D215F">
-[...1 lines deleted...]
-              <w:t>07/08/2017</w:t>
+          <w:p w14:paraId="6E6127BE" w14:textId="7947DDA5" w:rsidR="00D22B38" w:rsidRPr="0061544E" w:rsidRDefault="00D22B38" w:rsidP="0004193B">
+            <w:r w:rsidRPr="0061544E">
+              <w:t>04/</w:t>
+            </w:r>
+            <w:r w:rsidR="00586D51" w:rsidRPr="0061544E">
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0061544E">
+              <w:t>4/2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2961" w:type="dxa"/>
+            <w:tcW w:w="2876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1990491A" w14:textId="333C014E" w:rsidR="005D215F" w:rsidRPr="005D215F" w:rsidRDefault="009D2B09" w:rsidP="005D215F">
+          <w:p w14:paraId="203E86B5" w14:textId="7BE01DBA" w:rsidR="00D22B38" w:rsidRPr="0061544E" w:rsidRDefault="00D22B38" w:rsidP="00F41AF9">
             <w:pPr>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:r>
-              <w:t>Elisa Bourke</w:t>
+            <w:r w:rsidRPr="0061544E">
+              <w:t>Marita Tripp</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1114" w:type="dxa"/>
+            <w:tcW w:w="1245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4F511C7F" w14:textId="71C5257C" w:rsidR="005D215F" w:rsidRPr="005D215F" w:rsidRDefault="009D2B09" w:rsidP="005D215F">
+          <w:p w14:paraId="19C289C6" w14:textId="79B68DB8" w:rsidR="00D22B38" w:rsidRPr="0061544E" w:rsidRDefault="00D22B38" w:rsidP="006F455D">
             <w:pPr>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:r>
-              <w:t>2.0</w:t>
+            <w:r w:rsidRPr="0061544E">
+              <w:t>9.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4138" w:type="dxa"/>
+            <w:tcW w:w="4007" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75BF1ADC" w14:textId="06F70C51" w:rsidR="005D215F" w:rsidRPr="005D215F" w:rsidRDefault="009D2B09" w:rsidP="005D215F">
+          <w:p w14:paraId="572C375C" w14:textId="7A2DF605" w:rsidR="00D22B38" w:rsidRPr="0061544E" w:rsidRDefault="00D22B38" w:rsidP="00F41AF9">
             <w:pPr>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:r>
-              <w:t>Updated Doc ID and Version Number</w:t>
+            <w:r w:rsidRPr="0061544E">
+              <w:t>Annual review undertaken</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E758F" w:rsidRPr="005D215F" w14:paraId="1875A943" w14:textId="77777777" w:rsidTr="007A2FC9">
+      <w:tr w:rsidR="005574C6" w:rsidRPr="0061544E" w14:paraId="30C7E428" w14:textId="77777777" w:rsidTr="00D77947">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1415" w:type="dxa"/>
+            <w:tcW w:w="1500" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31AFC464" w14:textId="5966C794" w:rsidR="009E758F" w:rsidRDefault="009E758F" w:rsidP="005D215F">
-[...1 lines deleted...]
-              <w:t>08/08/2018</w:t>
+          <w:p w14:paraId="19531F9B" w14:textId="0725E391" w:rsidR="005574C6" w:rsidRPr="0061544E" w:rsidRDefault="615544F6" w:rsidP="0004193B">
+            <w:r w:rsidRPr="0061544E">
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="7ACFD78E" w:rsidRPr="0061544E">
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="005574C6" w:rsidRPr="0061544E">
+              <w:t>/12/2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2961" w:type="dxa"/>
+            <w:tcW w:w="2876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F0E054C" w14:textId="2A895AE8" w:rsidR="009E758F" w:rsidRDefault="009E758F" w:rsidP="005D215F">
+          <w:p w14:paraId="24F04731" w14:textId="37F47C96" w:rsidR="005574C6" w:rsidRPr="0061544E" w:rsidRDefault="005574C6" w:rsidP="00F41AF9">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:r>
-              <w:t>Greg Bain</w:t>
+            <w:r w:rsidRPr="0061544E">
+              <w:t>Marita Tripp</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1114" w:type="dxa"/>
+            <w:tcW w:w="1245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17EE0DB4" w14:textId="49079390" w:rsidR="009E758F" w:rsidRDefault="009E758F" w:rsidP="005D215F">
+          <w:p w14:paraId="30E7DA06" w14:textId="2D7A7EDA" w:rsidR="005574C6" w:rsidRPr="0061544E" w:rsidRDefault="005574C6" w:rsidP="006F455D">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-              <w:t>.0</w:t>
+            <w:r w:rsidRPr="0061544E">
+              <w:t>10.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4138" w:type="dxa"/>
+            <w:tcW w:w="4007" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="229064BF" w14:textId="076F8A26" w:rsidR="009E758F" w:rsidRDefault="009E758F" w:rsidP="005D215F">
+          <w:p w14:paraId="49A3ED00" w14:textId="5916BD12" w:rsidR="005574C6" w:rsidRPr="0061544E" w:rsidRDefault="005574C6" w:rsidP="00F41AF9">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="0061544E">
               <w:t>Annual review undertaken</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A2FC9" w:rsidRPr="005D215F" w14:paraId="284462A4" w14:textId="77777777" w:rsidTr="007A2FC9">
+      <w:tr w:rsidR="000436ED" w:rsidRPr="0061544E" w14:paraId="1A512239" w14:textId="77777777" w:rsidTr="00D77947">
         <w:trPr>
           <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1415" w:type="dxa"/>
+            <w:tcW w:w="1500" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E4C68AA" w14:textId="7628BAF2" w:rsidR="007A2FC9" w:rsidRDefault="007A2FC9" w:rsidP="007A2FC9">
-[...1 lines deleted...]
-              <w:t>08/08/2019</w:t>
+          <w:p w14:paraId="49073321" w14:textId="5FBB7067" w:rsidR="000436ED" w:rsidRPr="0061544E" w:rsidRDefault="000436ED" w:rsidP="0004193B">
+            <w:r w:rsidRPr="0061544E">
+              <w:t>11/12/2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2961" w:type="dxa"/>
+            <w:tcW w:w="2876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4457FFE0" w14:textId="0912F510" w:rsidR="007A2FC9" w:rsidRDefault="007A2FC9" w:rsidP="007A2FC9">
+          <w:p w14:paraId="34414A23" w14:textId="1A266CF1" w:rsidR="000436ED" w:rsidRPr="0061544E" w:rsidRDefault="000436ED" w:rsidP="00F41AF9">
             <w:pPr>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:r>
-              <w:t>Yvonne Cabuang</w:t>
+            <w:r w:rsidRPr="0061544E">
+              <w:t>Nicole Cowan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1114" w:type="dxa"/>
+            <w:tcW w:w="1245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7EFFFE1A" w14:textId="4BA85B32" w:rsidR="007A2FC9" w:rsidRDefault="007A2FC9" w:rsidP="007A2FC9">
+          <w:p w14:paraId="47C5EFB0" w14:textId="4CA95CC5" w:rsidR="000436ED" w:rsidRPr="0061544E" w:rsidRDefault="000436ED" w:rsidP="006F455D">
             <w:pPr>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-              <w:t>.0</w:t>
+            <w:r w:rsidRPr="0061544E">
+              <w:t>11.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4138" w:type="dxa"/>
+            <w:tcW w:w="4007" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3DC42175" w14:textId="0F9850F9" w:rsidR="007A2FC9" w:rsidRDefault="007A2FC9" w:rsidP="007A2FC9">
+          <w:p w14:paraId="0F891E03" w14:textId="1F4B58CA" w:rsidR="000436ED" w:rsidRPr="0061544E" w:rsidRDefault="000436ED" w:rsidP="00F41AF9">
             <w:pPr>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:r>
-[...234 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="0061544E">
               <w:t>Annual review undertaken</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="22C1A244" w14:textId="77777777" w:rsidR="003918A5" w:rsidRPr="004D0826" w:rsidRDefault="003918A5" w:rsidP="00E67575"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId18"/>
+    <w:p w14:paraId="22C1A244" w14:textId="77777777" w:rsidR="003918A5" w:rsidRPr="0061544E" w:rsidRDefault="003918A5" w:rsidP="00E67575"/>
+    <w:sectPr w:rsidR="003918A5" w:rsidRPr="0061544E" w:rsidSect="00577FF5">
+      <w:headerReference w:type="even" r:id="rId21"/>
+      <w:headerReference w:type="default" r:id="rId22"/>
+      <w:footerReference w:type="even" r:id="rId23"/>
+      <w:footerReference w:type="default" r:id="rId24"/>
+      <w:headerReference w:type="first" r:id="rId25"/>
+      <w:footerReference w:type="first" r:id="rId26"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="567" w:right="1134" w:bottom="567" w:left="1134" w:header="284" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7871070F" w14:textId="77777777" w:rsidR="009E1A71" w:rsidRDefault="009E1A71" w:rsidP="006D08CB">
+    <w:p w14:paraId="1774CEE1" w14:textId="77777777" w:rsidR="009112FE" w:rsidRDefault="009112FE" w:rsidP="006D08CB">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6E9FDE3D" w14:textId="77777777" w:rsidR="009E1A71" w:rsidRDefault="009E1A71" w:rsidP="006D08CB">
+    <w:p w14:paraId="3B00E5BA" w14:textId="77777777" w:rsidR="009112FE" w:rsidRDefault="009112FE" w:rsidP="006D08CB">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Gadugi">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000003" w:usb1="02000000" w:usb2="00003000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
-    <w:altName w:val="Times Roman"/>
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0F10331D" w14:textId="77777777" w:rsidR="003C48F9" w:rsidRDefault="003C48F9">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="TableGrid"/>
       <w:tblW w:w="10772" w:type="dxa"/>
       <w:jc w:val="center"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="00428B"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3968"/>
       <w:gridCol w:w="1412"/>
       <w:gridCol w:w="1423"/>
       <w:gridCol w:w="3969"/>
     </w:tblGrid>
-    <w:tr w:rsidR="004D0826" w:rsidRPr="00B13A41" w14:paraId="0F608030" w14:textId="77777777" w:rsidTr="005E3409">
+    <w:tr w:rsidR="004D0826" w:rsidRPr="00B13A41" w14:paraId="0F608030" w14:textId="77777777" w:rsidTr="00911305">
       <w:trPr>
         <w:jc w:val="center"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5380" w:type="dxa"/>
           <w:gridSpan w:val="2"/>
         </w:tcPr>
         <w:p w14:paraId="2C3FC634" w14:textId="3149B09E" w:rsidR="004D0826" w:rsidRPr="00B13A41" w:rsidRDefault="004D0826" w:rsidP="005967C0">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:spacing w:before="120"/>
             <w:rPr>
               <w:b/>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00B13A41">
             <w:rPr>
               <w:b/>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
             <w:t>Doc Name:</w:t>
@@ -2813,465 +3336,515 @@
           </w:r>
           <w:r w:rsidR="005967C0">
             <w:rPr>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
             <w:t>TL,</w:t>
           </w:r>
           <w:r w:rsidR="007F679C">
             <w:rPr>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
             <w:t xml:space="preserve"> Water Literacy –</w:t>
           </w:r>
           <w:r w:rsidR="005967C0">
             <w:rPr>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
             <w:t xml:space="preserve"> Education</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="004D0826" w:rsidRPr="00B13A41" w14:paraId="280B0019" w14:textId="77777777" w:rsidTr="005E3409">
+    <w:tr w:rsidR="004D0826" w:rsidRPr="00B13A41" w14:paraId="280B0019" w14:textId="77777777" w:rsidTr="00911305">
       <w:trPr>
         <w:jc w:val="center"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3968" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="04225D80" w14:textId="307D2CA3" w:rsidR="004D0826" w:rsidRPr="00B13A41" w:rsidRDefault="004D0826" w:rsidP="00D22B38">
+        <w:p w14:paraId="04225D80" w14:textId="4E90CD51" w:rsidR="004D0826" w:rsidRPr="00B13A41" w:rsidRDefault="004D0826" w:rsidP="00D22B38">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:rPr>
               <w:b/>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00B13A41">
             <w:rPr>
               <w:b/>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
             <w:t>Version:</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
-          <w:r w:rsidR="00D22B38">
+          <w:r w:rsidR="005574C6">
             <w:rPr>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
-            <w:t>9</w:t>
+            <w:t>1</w:t>
+          </w:r>
+          <w:r w:rsidR="000436ED">
+            <w:rPr>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>1</w:t>
           </w:r>
           <w:r w:rsidR="009D2B09" w:rsidRPr="005D7C5A">
             <w:rPr>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
           <w:r w:rsidR="009D2B09">
             <w:rPr>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
             <w:t>0</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2835" w:type="dxa"/>
           <w:gridSpan w:val="2"/>
         </w:tcPr>
-        <w:p w14:paraId="3569A37C" w14:textId="392F1D96" w:rsidR="004D0826" w:rsidRPr="00B13A41" w:rsidRDefault="004D0826" w:rsidP="002E0E1E">
+        <w:p w14:paraId="3569A37C" w14:textId="5A2277F0" w:rsidR="004D0826" w:rsidRPr="00B13A41" w:rsidRDefault="004D0826" w:rsidP="00911305">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00B13A41">
             <w:rPr>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
             <w:t xml:space="preserve">Page </w:t>
           </w:r>
           <w:r w:rsidRPr="00B13A41">
             <w:rPr>
               <w:b/>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="00B13A41">
             <w:rPr>
               <w:b/>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
           </w:r>
           <w:r w:rsidRPr="00B13A41">
             <w:rPr>
               <w:b/>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="00027C78">
+          <w:r w:rsidR="00150DD0">
             <w:rPr>
               <w:b/>
               <w:noProof/>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
-            <w:t>1</w:t>
+            <w:t>3</w:t>
           </w:r>
           <w:r w:rsidRPr="00B13A41">
             <w:rPr>
               <w:b/>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
           <w:r w:rsidRPr="00B13A41">
             <w:rPr>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
             <w:t xml:space="preserve"> of </w:t>
           </w:r>
           <w:r w:rsidRPr="00B13A41">
             <w:rPr>
               <w:b/>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="00B13A41">
             <w:rPr>
               <w:b/>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
           </w:r>
           <w:r w:rsidRPr="00B13A41">
             <w:rPr>
               <w:b/>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="00027C78">
+          <w:r w:rsidR="00150DD0">
             <w:rPr>
               <w:b/>
               <w:noProof/>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
             <w:t>3</w:t>
           </w:r>
           <w:r w:rsidRPr="00B13A41">
             <w:rPr>
               <w:b/>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3967" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="30B1976D" w14:textId="1B407EBA" w:rsidR="004D0826" w:rsidRPr="00B13A41" w:rsidRDefault="004D0826" w:rsidP="005967C0">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:b/>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00B13A41">
             <w:rPr>
               <w:b/>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
             <w:t>Approver:</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
+          <w:proofErr w:type="spellStart"/>
           <w:r w:rsidR="007F679C">
             <w:rPr>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
-            <w:t>Mgr, Water Literacy</w:t>
+            <w:t>Mgr</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidR="007F679C">
+            <w:rPr>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>, Water Literacy</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="004D0826" w:rsidRPr="00B13A41" w14:paraId="35D6CB37" w14:textId="77777777" w:rsidTr="005E3409">
+    <w:tr w:rsidR="004D0826" w:rsidRPr="00B13A41" w14:paraId="35D6CB37" w14:textId="77777777" w:rsidTr="00911305">
       <w:trPr>
         <w:jc w:val="center"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3968" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="490F8E35" w14:textId="4ACE6EF5" w:rsidR="004D0826" w:rsidRPr="00B13A41" w:rsidRDefault="004D0826">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:rPr>
               <w:b/>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00B13A41">
             <w:rPr>
               <w:b/>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
             <w:t>Doc ID:</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidR="009D2B09" w:rsidRPr="009D2B09">
             <w:rPr>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
             <w:t>39972438</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2835" w:type="dxa"/>
           <w:gridSpan w:val="2"/>
         </w:tcPr>
-        <w:p w14:paraId="74CF59E6" w14:textId="77777777" w:rsidR="004D0826" w:rsidRPr="00B13A41" w:rsidRDefault="004D0826" w:rsidP="002E0E1E">
+        <w:p w14:paraId="74CF59E6" w14:textId="77777777" w:rsidR="004D0826" w:rsidRPr="00B13A41" w:rsidRDefault="004D0826" w:rsidP="00911305">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:b/>
               <w:i/>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00B13A41">
             <w:rPr>
               <w:b/>
               <w:i/>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
             <w:t>Document Uncontrolled if Printed</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3969" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="51B8B3CE" w14:textId="2D98D233" w:rsidR="004D0826" w:rsidRPr="00B13A41" w:rsidRDefault="004D0826" w:rsidP="00D22B38">
+        <w:p w14:paraId="51B8B3CE" w14:textId="2F3D61AF" w:rsidR="004D0826" w:rsidRPr="00B13A41" w:rsidRDefault="004D0826" w:rsidP="00D22B38">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:b/>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00B13A41">
             <w:rPr>
               <w:b/>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
             <w:t>Approved:</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
+          <w:r w:rsidR="009B50B2">
+            <w:rPr>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>December</w:t>
+          </w:r>
           <w:r w:rsidR="00D22B38">
             <w:rPr>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
-            <w:t>April 2024</w:t>
+            <w:t xml:space="preserve"> 202</w:t>
+          </w:r>
+          <w:r w:rsidR="003C48F9">
+            <w:rPr>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>6</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="22C1A25A" w14:textId="77777777" w:rsidR="006D08CB" w:rsidRDefault="006D08CB">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="27C1FE86" w14:textId="77777777" w:rsidR="003C48F9" w:rsidRDefault="003C48F9">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="183AB98A" w14:textId="77777777" w:rsidR="009E1A71" w:rsidRDefault="009E1A71" w:rsidP="006D08CB">
+    <w:p w14:paraId="3F43EBAE" w14:textId="77777777" w:rsidR="009112FE" w:rsidRDefault="009112FE" w:rsidP="006D08CB">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5679A0E1" w14:textId="77777777" w:rsidR="009E1A71" w:rsidRDefault="009E1A71" w:rsidP="006D08CB">
+    <w:p w14:paraId="66EB2C9B" w14:textId="77777777" w:rsidR="009112FE" w:rsidRDefault="009112FE" w:rsidP="006D08CB">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="19162F8A" w14:textId="77777777" w:rsidR="003C48F9" w:rsidRDefault="003C48F9">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="TableGrid"/>
       <w:tblW w:w="10772" w:type="dxa"/>
       <w:jc w:val="center"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00428B"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="7938"/>
       <w:gridCol w:w="2834"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00577FF5" w:rsidRPr="000B6B76" w14:paraId="14835BD5" w14:textId="77777777" w:rsidTr="001501C9">
+    <w:tr w:rsidR="00577FF5" w:rsidRPr="000B6B76" w14:paraId="14835BD5" w14:textId="77777777" w:rsidTr="00911305">
       <w:trPr>
         <w:jc w:val="center"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="7938" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p w14:paraId="5076C3AD" w14:textId="45CF09E6" w:rsidR="00577FF5" w:rsidRPr="000B6B76" w:rsidRDefault="008C3544" w:rsidP="008C3544">
           <w:pPr>
             <w:pStyle w:val="DocumentName"/>
             <w:rPr>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:t>Child Safe Policy</w:t>
           </w:r>
           <w:r w:rsidR="00577FF5">
             <w:rPr>
               <w:noProof/>
               <w:lang w:eastAsia="en-AU"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidR="00577FF5">
             <w:rPr>
               <w:noProof/>
               <w:lang w:eastAsia="en-AU"/>
             </w:rPr>
             <mc:AlternateContent>
               <mc:Choice Requires="wpg">
                 <w:drawing>
-                  <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="0E66BE0B" wp14:editId="02EC7520">
+                  <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="0E66BE0B" wp14:editId="02EC7520">
                     <wp:simplePos x="0" y="0"/>
                     <wp:positionH relativeFrom="page">
                       <wp:posOffset>5241290</wp:posOffset>
                     </wp:positionH>
                     <wp:positionV relativeFrom="page">
                       <wp:posOffset>180340</wp:posOffset>
                     </wp:positionV>
                     <wp:extent cx="1569085" cy="374015"/>
                     <wp:effectExtent l="0" t="0" r="0" b="6985"/>
                     <wp:wrapNone/>
                     <wp:docPr id="42" name="Group 42"/>
                     <wp:cNvGraphicFramePr>
                       <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                     </wp:cNvGraphicFramePr>
                     <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                       <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                         <wpg:wgp>
                           <wpg:cNvGrpSpPr>
                             <a:grpSpLocks/>
                           </wpg:cNvGrpSpPr>
                           <wpg:grpSpPr bwMode="auto">
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1569085" cy="374015"/>
                               <a:chOff x="4535" y="725"/>
@@ -4938,114 +5511,114 @@
                                       <a:srgbClr val="000000"/>
                                     </a:solidFill>
                                     <a:round/>
                                     <a:headEnd/>
                                     <a:tailEnd/>
                                   </a14:hiddenLine>
                                 </a:ext>
                               </a:extLst>
                             </wps:spPr>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </wpg:wgp>
                       </a:graphicData>
                     </a:graphic>
                     <wp14:sizeRelH relativeFrom="page">
                       <wp14:pctWidth>0</wp14:pctWidth>
                     </wp14:sizeRelH>
                     <wp14:sizeRelV relativeFrom="page">
                       <wp14:pctHeight>0</wp14:pctHeight>
                     </wp14:sizeRelV>
                   </wp:anchor>
                 </w:drawing>
               </mc:Choice>
-              <mc:Fallback>
-[...2 lines deleted...]
-                    <v:shape id="liteBlue_Block" o:spid="_x0000_s1027" style="position:absolute;left:4535;top:823;width:583;height:485;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="1890,1568" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDF5D/8xAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9PawIx&#10;FMTvhX6H8ArearZaiqxGaS1KCz347+DxsXlmF/e9hE3U7bdvCoUeh5n5DTNb9NyqK3Wx8WLgaViA&#10;Iqm8bcQZOOxXjxNQMaFYbL2QgW+KsJjf382wtP4mW7ruklMZIrFEA3VKodQ6VjUxxqEPJNk7+Y4x&#10;Zdk5bTu8ZTi3elQUL5qxkbxQY6BlTdV5d2ED759jCWm9HyHzkcPha+Pels6YwUP/OgWVqE//4b/2&#10;hzXwPIbfL/kH6PkPAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMXkP/zEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m1890,1568c,1568,,1568,,1568,,35,,35,,35,49,14,128,,197,,781,,849,560,1480,560v219,,354,-63,410,-88l1890,1568xe" fillcolor="#0096d6" stroked="f">
+              <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
+                <w:pict w14:anchorId="7F87A55D">
+                  <v:group id="Group 42" style="position:absolute;margin-left:412.7pt;margin-top:14.2pt;width:123.55pt;height:29.45pt;z-index:-251657216;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordsize="2462,588" coordorigin="4535,725" o:spid="_x0000_s1026" w14:anchorId="5913EFB8" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCPoZ2suBgAAKmMAAAOAAAAZHJzL2Uyb0RvYy54bWzsXVtvXDlyfg+Q/9DQYwCPmufewngW8Xo8&#10;CDC7O8AqyGPQlloXrNStdLctzy7y3/MVWcVD8pCnq8ebRYB4HsZSkaxiXVgsFotH3//uy/PT4vNm&#10;f3jcbd9emO+WF4vN9mZ3+7i9f3vx79cf3gwXi8Nxvb1dP+22m7cXv24OF7/74Z//6fvXl6tNtXvY&#10;Pd1u9gsg2R6uXl/eXjwcjy9Xl5eHm4fN8/rw3e5ls0Xj3W7/vD7i1/395e1+/Qrsz0+X1XLZXb7u&#10;9rcv+93N5nAA9L1rvPjB4r+729wc/3R3d9gcF09vLzC3o/3/3v7/I/3/8ofv11f3+/XLw+MNT2P9&#10;G2bxvH7cgqhH9X59XC8+7R8nqJ4fb/a7w+7u+N3N7vlyd3f3eLOxPIAbs0y4+Wm/+/Riebm/er1/&#10;8WKCaBM5/Wa0N3/8/Mt+8Xj79qKpLhbb9TN0ZMku8DuE8/pyf4U+P+1f/vzyy95xiB9/3t385YDm&#10;y7Sdfr93nRcfX/+wuwW+9afjzgrny93+mVCA7cUXq4NfvQ42X46LGwBN262WQ3uxuEFb3TdL0zol&#10;3TxAkzSsaWs0o7WvfNOPPLpqOrBBQ9thoHGX6ytH1c6UZ0ZswdwOo0QPXyfRPz+sXzZWUQeSlki0&#10;Fok+PR43754+bf7z3RME5+Rqe4pQD6FEgxaa5wGCPylLL5Shqp28RKDtgGmQRBpINZTI+urm0+H4&#10;02ZndbL+/PPhiGaY8C1+cj+wQVxj5dw9P2Fh/Mvlwgyr5eLV/uMI3d9KNxN2a7th8bCAOq0eCK10&#10;g4Y8thIqzNn3IRwFVE3QrYQKxuJR1W0BURd0Mqu+wGAf9FoWMMHheXKmGUqzWgXd2q6EzGglH4q+&#10;6avC3Ewo+jlFzogfK8pbyPpBjObmy5atBj8t1uT9l3bNv+wOtGjJhGCD14ZNEL3IxAqdMU3qbC0Z&#10;9OY7wwaosxj3fGfomTr3qmlAldR5pepMqqLeRsciqcJ2j5h0zLIk99i90n1rf7HAvvXRrbyX9ZEU&#10;QIKkHxevcJ9YnReLB+tHB6uA593nzfXO9jmSJlwPkJalCZpjn5tPHx9v3m3+Go5wjEl30LJ4NFBi&#10;J0IY/xYigk+33kcHUyFusMaIzybEbCqnVd76HTmseNvVAlW4+wErDsgjNANTxHqOSMIL2M4MVxEw&#10;3cpNP0U21M7gG8w5kJhXK1Y/wSdEnrahTn13USv6S4+bp91h41CQWVlc3tQs3nHbOOyeHm8/PD49&#10;kYEd9vcff/+0X3xeU7S1XHXvO55K1O3JLv3tjoY5Mg6CHYutmfYuGz39bWWqZvmuWr350A39m+ZD&#10;075Z9cvhzdKs3q26ZbNq3n/4b7Jz01w9PN7ebrY/P243EsmZRrevc0zpYjAby9FaWrUIMCxfM0wu&#10;8V+OSYRu21urn4fN+vZH/vm4fnxyP1/GM7ZCBtvyrxUEYha3/buA5ePu9leEAvudi2IRdeOHh93+&#10;rxeLV0Swby8O//Vpvd9cLJ7+bYuAZmWaBnZ3tL80bV/hl33Y8jFsWW9vgOrtxfEC3pt+/P3Rhcmf&#10;XvaP9w+gZKwstrt/RTh390ixgp2fmxX/gpjqHxVcYRW4cPV2/5d/UGzlA85JbFVh5TtTlhj3N8VW&#10;pWAh3N3rmnb3Ycn+Mh9WNVVdCGHCnb2q+zwqyHaMYbpVVcAVRlaYUB5XFFmVY8cwtOp7k8cVxVZl&#10;XGFsRZFVRlhRYFUUeyj3EqIwpCoiCqUeKRDu9Fs0lQkX/49FU2RBtBOMgVIUp9Sy5Y7tuUinddFn&#10;veQjkcNRLd2GjtVIPkTiKyxhGzQweLKf5wiYZecCmQSXMdikKFzxK4HjHqztEK4j0tMZO4NsqN2M&#10;e3f0FkZ8qIFlzU4ynnv8G8/MxrFpgOVRxfFV1FfFg5NGhGUeNMEqwVLeDqT17xVKtfXqXS7K+BZK&#10;2V03Cv4khJJ/v4VSPj1ayFNhH3eh1OvD8VSKarHd/Xj7ePxl97g9Ish0K5riVOS9XDZLglZ9zqpf&#10;sUOcxFX1UjzrV8VV5DcKMUy4xbdtg2hh1dtYrpSxmsnphLt811CYlsEVxVbFTFMUWtV5TGFkVWIv&#10;DKuMoXAvM6UwrCohCmOqFYV6GTxRUFUOQZEhGcNLCqtyqMKwCmfhUghqQpm3XYFBpABGinPGEIq9&#10;rQvWYELBz2ELhV+0LRNKfw5bqIGhL8iNDnma0L0KdbBaFiysCrVQVihFKp5obXOsGZVWoRJKZoYT&#10;94iqsUedHKpQA0VUofiRH88bGqWD/NzLmd8qlH5jVnlkdST9cvK3jqTfl7CF0p+xDAq7PAvDis5O&#10;GZlR2sj3msMWaiCyM8RA384q/1tnlWIunHwX4uBrdw9Gcehs6pyck+2uS3GT97HdJX8xj53cC3WH&#10;+3DpjhPd3UHh2t1JnZw7eQiLXZfLr5jVSscqJ36vsZQ1c6e1TJPBWlV1Z1axGFXdmVWX9hbJuH85&#10;CfpV6X9yALkDKy18yxf2I57o/JnVSL65lbDIHx3hEiEgBDqEyJ/2JNnNcGLp5BWAJM4TXJJkxw1m&#10;SIGT9Q6qwi9J/xgRZ+vjPLqTDkIlUePJybsRq8z9RRmmmjWnC9ypWeQr2YLo7Cq5AslEn5a4zxRE&#10;eHyeAJFUJHLJEzBcNX3Td9jmYCEpMskTtG1M3JsmtipeQ5Hw5VCdZAhGS5YOcuqe5mu8+WNjYxon&#10;zR+7K5gYhlgiwhxip6ykGK6TlKRnUmSSzkFMFRIRdTNYRUPsJkHFNtYsI+6cSSP8yuohtq4wAYIo&#10;K5wno5kBqqbO67RxrlUWgqxpBGMhTbnKY7CKgPiZBJV4JR9MseGJh2O4ioS/zkuRiXtdSZ1LYt2I&#10;57JKEFtPu3u7lg6yGDDNr7jN+2D/45l8u81zN3vfbvNskd5ZxWeFFBRCufg27w+bp4//sT5u9mRz&#10;UX4J98yuWurvmIpqzcoFk5MrPjMssYvlKsoosBkvwtX1U01jkIpqh2ZygRceCtuOzqtmhbsBG/rk&#10;r/mGoYQrOhK2dCTM4QqPhM1AVU+5eUUHwiIuyG88XrZtAVd4Jh+KuKIzeVOVJhadyTtb2pURWJSV&#10;MmVsUVqqKaMLT+Xw5gVG48SUvWjNaSDOTHVILOR1gN1hFC/Xw+V4jbTQgGwBXaiHrqFEV3Z2kSJW&#10;uOItoAs1UVZrnJzqTVdAFyWnZtCFmqiainKEOfuN0lOtzcvmmI3yU1W1LKILVdEZW2uXUQWdTv2C&#10;mEMXqgJXgwVVRHmqqkY6q8BspIqiFUeZKpQel+wuylQNNj+ekx0ixZHZGqFZYXZRqqqtuwKzUa6q&#10;XhbtjgqBvYxRK1xCF6piDl2oCgTMJXThqqhXQ1NiNlRFVRWdMMJkz0SN6ucCuibcH/q6tD9QHfeI&#10;rrwqmnCLmJlduEfUgym5AGxnI9m+LamiiVRRll0TqaIsu1AVTTUUZxeqouwCcCAdmWiojja/yNpQ&#10;FdWyZMZtqIqm6kr+DgekkWxZFcjYjN2ati059zZUxdCWHBQd/byhoDi8yGyoirouOag2VEVrqpIZ&#10;t6EqyrNDCWUwu74qMUs5Bs9FjT0gv5NRyYLvNiO7LlTFzOxCVbQNXEXeULpQFeWYogtV0ba49iig&#10;C1UxuKr4zNaDkvuRWdoRS+hCVZRXBY6UATqUIhTQIVE19uuLhoL61LFbZQvVcrt2H2rCIP1S0Gwf&#10;qqIbSmusDzUxhy5UxaoqmV0fasIsiztZH6qi6Uv7InKro0xm0FEh8WjGBT1QabLvNIcsVISp2pLo&#10;6AHJiA91yQVNDKEmcE1ekh297hnxtRBKfs0OoSoQU5RCHmTmAnwrBG4FfKEu5uYXKaMpBj2USR/5&#10;WNqnHjlLRgYn6EcHkPz8qBZrxNdheee9wCrSR1+M8VaRPoaiV0GaOqQ7lORHR2Q/v8q0JT9A+Xnf&#10;z/Rl+YX6QAxaclNUCD/iq+11aS4ItVlU33EGoaEjve8Iyy9pxKD8JOg4lM9TyAIHHecwKpViUHEY&#10;YJzjOlJLC7+bNxuDHG+I0T06ymwfBvWJY0cEVaWt3CwjzXSrUsSMe4UQY9uUTMdEh3Cq/S+sFRM9&#10;ZaoaU5xjdBA3eDJQxBhqZo7r6CyOxG4ZY6iZGqmHkmZw2zQK3JQ9oomKRVBIXNQ1kuIBRhyOS1xH&#10;Z3Kc3IpzjA7lyZpBbvlbZcC3ygC6Lv9WGZC+fKTcCEnmqyoDiuUhNXyMxe4vrGfLQ2q4dttdVwRB&#10;D4ioO3IPfCM7i51yD7a7rgiigce13XX1HpQ7sN11rDbMqn+aM1+rQmd/wo6zvYZVOtvb7jpW6exu&#10;u+tY5WvZ61bHKp29LXadVulsTd1xdtawyuX+1zgbq7ozqzj7qrqzVl3FAV2mzpoYnW3t3HWs0tmV&#10;uo9PD2ax09nUdtexSmdP213Has+s4vCokQydHS12Hav8yPQaxz8N9oFZHctoZiVDhzuajP+IwLya&#10;6Oxmu+tYxYsR113HKtcwXY9347Nz50cu1zg4aSRD5yaauyvfOWmRfHN47eqITndnVnGq0UxGSkOu&#10;6dCiG8CKxclfOYD5pSOHjgIrl04UugHMMx0YVAPG519Kpv1zeoT7OgrCtLau0hdWjqVhs0ZnY3Uy&#10;I+MKVE4aBlKmzu5MHEO5gV9RFGhzEvabAHTYy1UFOsK6iqiKq7qi2q3TQOIiquaKf3NlLLgbtyLA&#10;7TdpUUp9dGAVhY4tK5r9aaAKN27j7ewj3KeBZ+HGbWgoGcE+D1ZR6CitBHtNUOnASgrObxhsm4F2&#10;O3ag82AVBeQcczzowCoKNYdaiZR0YBUFw4GoQQI8kJIOrKSA1NJU04bujU6CVRScP0lkdBo4wS01&#10;bM47xF5K2qS+LVPsiVSr5QgXLyRKoD9R7Ik7OjugTmRfc2xVo0Yg1Ak9TyORMXwy/5yPMxVXlqfI&#10;DEdk+OhVRMTQXQOIjFzEaEUQXAk4ZVo6zEiqo5wWaHS4nVNJqqXrGQzoEVuFEmn4bIHLqQheUzoT&#10;/Rmuk5TNWI6DZDugEkpLO66KFXDr3lGrSMiYGkfRkA3Duz1VzYbwmrKJmBHDVTSwcp3lpshQ7WOR&#10;1TCIkIjAcSNHcB0RPygRvBKuI0Iumtj3H/Vim1PCzyPS4fwTiqWit2EgjpvFCI6kZQjXEaEVnkPW&#10;cBDWJ4pHKZXtj1qpc3QSrSqxX5OsthJ8wsnovVjuKKGys2JPiwFjl9hJ8ACUcIUDPGUlfDKjWSKx&#10;VQuJGagOvTAdI1JAJ+jFMRalKR3KnpMKu5xhwArdYp1XwTgAx8zAvCvk6C2ivrYuWFSD3cJZHsMn&#10;TORUUKFQJ4sM5UButu4jUZ6IwM9xOVRxZ5E17gtIHlnNh//aPZ0a4UveXccnVSdPBBCLOMko8PVi&#10;xMVYLEbWRzPm8RREYiX6GSfKLcEnOhlNwJkWFdhZUVmbRfexQ1Z9Qjcycc/yDHQyk1n06YdIhOwJ&#10;uJIIPZmlrVIKnVkUFR77W3jsYfHFEmfn52ytVctxS7K14jjqkNXusZ9XnMBbBHrardUjQ81dZGot&#10;r8zBhZeeCIozLYcMV4qLt9YUWSUeGwWgobswnFHG9bqeE0pFkOxRyBkj08F1nIitp0SU8AkRccKF&#10;pSTNZR9NFZ+WbVSIsqzm1x/s38U5PEA0S4WtFlEXv8nzcFS0qpXhB+ETt6EyPPEkLPRcMHwip+xS&#10;X8mJJo4xq4E5TH23wM/hxCPrkl1FiKdinOojnvuoHadzz/p4ehi7xEPZSAZe/8kxpOo40dw7RYli&#10;PfwstgVZ8qSuEuKJU/JcnOPhakPVOeRGY3eJu39noglxDz+HEz+ojz9B5YknYvScjPqItTBqhxWI&#10;Ql/HhU9tjl3ioTxg4B0Z1bDR4lDCVYsDp3oXwLTuYkCsQQs/j0jn7mU8kZ7TLcmuQgXgzlmN98Un&#10;A5i644+CTpDBash6UKQSiRFlMA6OdaLdB2sZlOpECdeJS4LKlIgSfh6RLg4PaiFyAn4ekd7dUnnF&#10;Nxwep4uq42xVaVFl10lPBVO0o8fHfgRTfNCLwwYq4HfW5d5e6ziRQUlCzyM7AdcREReRIlPCJ0Qk&#10;Lih6IOlQDhxQVcaRHG773TKZd1v0AsGpww0QnWvhEyZyOvfI+LA2IXICfh4RSnwEcWdT8xVNkqVs&#10;0GA5Z7iOSMMlHRNknGWvYcUhcfq2MVk7nRW0bouecdhBeKeRRXYCruSEZ0zhejRjesgy3b4b+2ne&#10;Ea4jUvNZOIkFmopvrKv4pT29OHHicnAdERmUOGCP7ARcR0QWVopMCZ8QkbXsFntm3UqHmcWOBzVW&#10;Wnj1wcZ1YrFTRsb63mSxK+ETJrKLXZDRRwdCw1LCzyNSx9l8vFfgY3SccqXHQs6wHFxHZEXVwrR4&#10;E2QrTq3Wcb63EThe67A+YgHFv7HmZRAr0ftGJVzFCT1uyileCz+PCDxrqHhP5AT8PCI4s0RElhyc&#10;pp6GvlIRuDMVkQYvD8JBXie9fKw2vnyBv5bkjSzEWNXxb6x4GZR6FCVcx4m4iJSIEj4hIl6JeRA0&#10;oweSDmW31XacCBqvB+fdFga4oCa55MTfGXDJjeReEs/RnLWfc8nZ4nvzbrHHN6Z4KsdOIL7kpCd0&#10;tv/IRaxlEYSTVIZp6TAjqYEz7NpLznbgi7vkkhO3X7xTxEE3PdyzTJwTwbd0gLe7SIKMwhKC9/Et&#10;Zyvwc645/aDknhOfuHRiT9Y5PqnkjhUMnxhurBxWSs/ZsRQZferCOf5oC3NlSeDwnEuHcVAiLiGS&#10;XE2m/XWcNJIYSIgo4ecRSe45sXScFSX3nLAut3QYriPS0VMna0VR+rjtOC5N7jnbruPEwBn3nJCx&#10;mzEvLHHwWviEk9GBOcvCI1HLBD3b5FBg7JIzRfqcFXEtA2RGWvhkRjkiLa8dU7sPEAoRLVxFBA9a&#10;s5xo4SoiA1d4p+LSwlVE8KrMmRZi/Oggpm9Q0cGbXSexhIwWriLSCy8dXmQFYbkWriLS8YJPBaaF&#10;q4ggxs+KSwtXEZE9znRxOKCFq4gYPgWn4tLCVUTyJqyBTtBLxFL0cdKhHNLQI2anPbwZVHlGU3Oe&#10;xiC6CS2X3n87VImOgoaxZP1kRnoc1ccVq6bi/Lahr+4FS8fU6GidNjdMBJZzwnhU6XbFCTovGvrD&#10;RyEd30BJczQo6SSSFm8/UUGxYUJn3MOcCaBQjA1Ju8+ZRmpnB/dSaCTObx5QVBgdHzHCS1l/rMZf&#10;kmIpD+7NkKdT85sWvMe2hzXfgOf6TpvcMOE+q03DCcEJuiV9mMPu6O7m3tPxDZQJV2vTj2oTfuS6&#10;HWpN5Cb6b5zZ6vjxtoavCOSN8FTDmXRqrK7I2DmYxOqK8rim5mpTadDRkTJOGeXVIA8AgDfaEOEH&#10;XGwIEzrD3vAxBaduqmYN+VE36PixL9jJrOrkM64Vf3abnqBHE6AUmTVEbtDRaWXVpejwlQeHjipL&#10;Q0Z9A10Xqe3aj8JXIfLoTjXo+PF06K47mjbXVZrUIaUBq45O6hG9vakbJnQmXlfSU6bDknCSHvtk&#10;vZQfMSSRLH2s1RqH/6oCb+5LCeW4YTKrHJ1qySVR48cuGB19ntp5Q7cli1jooxzSYM1WR8eP4mKi&#10;KbpTDUo6Env0rsx8pMOvcvDJ6GgXqZYiUG7Q0VlyImKKjtOXeFsRrTb6VoiTWzc+cj0Z44yj0iJE&#10;j+5Ug44fwwkUk6JTN5xJB98vCVc1nCGL51SDjo4XT4pO3XAmnWVcrzUq7lSDio4ZOJmCk2xkvvoG&#10;JR2+KcGmGukH3+hnf3CqQUen54zvhI664Uw6iV1jefL2f6pBR8f76xSdumFCR85mHLl7ROMeIj3K&#10;pzfctHJQSy9ENDsPRvAGQ3n0YN9F+MWnN1TpRA34HpDzbNww4SS781Aa3m4wKbqG/2CIwR1rRKfh&#10;lzH2tYvjJcYs8uAtLMO79JiRGL5FxH7aFTSBm/m9uhr4wgEHoSgwrfyzw3Svlty37Lo6idX0PU2K&#10;JFN0PpLs3afZ/abnG+gtVU5isfxYbn5UYsv4JCybRhJiVvjakpvZORFrRRWSlp8UHZX1smlEaTyU&#10;vnDDmIuIOYh/Y378KKoiCy1a3aDTD9mrnXZKR91wJp0eJ4iQn0aWbh9ffUE/7Ly5QUdHbuvwOjCm&#10;0/HVLZxo4iK4DsZ07smEjk664rz5qhsmdMYVyzaw8lGrMr9P39Jy2kz+LIe+YTKrnHWO6NimhXt9&#10;w5l0qFgpsBpU4LJxJP4WDxtkJ3COWEdHHqym7htPdXjxNi6N4hnFN8acpBv/wCmWVPyb0yh9mcyN&#10;oldNIT/qBiU/Mm18AS6mI6m0xH1BbrFf09GRS9c0HVD7Z9nVEK02VPezhdauQUfHj0oCuRHdqQYV&#10;ncqvuASdvmFCR3bv8pqWHrK/A8VX/EUSPCL49kdx6RsZD5v17Y/b/0d/keTy9eX+6vX+xabu7/fr&#10;l4fHm/fr4zr8HT+/vlxtqt3D7ul2s//hfwQAAAD//wMAUEsDBBQABgAIAAAAIQCNT9Ya4AAAAAoB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BaoNAEIbvhb7DMoHemlVTGzGuIYS2p1BIUii9TXSiEndX&#10;3I2at+/k1J6G4f/455tsPelWDNS7xhoF4TwAQaawZWMqBV/H9+cEhPNoSmytIQU3crDOHx8yTEs7&#10;mj0NB18JLjEuRQW1910qpStq0ujmtiPD2dn2Gj2vfSXLHkcu162MguBVamwMX6ixo21NxeVw1Qo+&#10;Rhw3i/Bt2F3O29vPMf783oWk1NNs2qxAeJr8Hwx3fVaHnJ1O9mpKJ1oFSRS/MKogSnjegWAZxSBO&#10;HC0XIPNM/n8h/wUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCPoZ2suBgAAKmMAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCNT9Ya4AAAAAoBAAAP&#10;AAAAAAAAAAAAAAAAABIbAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAHxwAAAAA&#10;">
+                    <v:shape id="liteBlue_Block" style="position:absolute;left:4535;top:823;width:583;height:485;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="1890,1568" o:spid="_x0000_s1027" fillcolor="#0096d6" stroked="f" path="m1890,1568c,1568,,1568,,1568,,35,,35,,35,49,14,128,,197,,781,,849,560,1480,560v219,,354,-63,410,-88l1890,1568xe" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDF5D/8xAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9PawIx&#10;FMTvhX6H8ArearZaiqxGaS1KCz347+DxsXlmF/e9hE3U7bdvCoUeh5n5DTNb9NyqK3Wx8WLgaViA&#10;Iqm8bcQZOOxXjxNQMaFYbL2QgW+KsJjf382wtP4mW7ruklMZIrFEA3VKodQ6VjUxxqEPJNk7+Y4x&#10;Zdk5bTu8ZTi3elQUL5qxkbxQY6BlTdV5d2ED759jCWm9HyHzkcPha+Pels6YwUP/OgWVqE//4b/2&#10;hzXwPIbfL/kH6PkPAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMXkP/zEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;">
                       <v:path arrowok="t" o:connecttype="custom" o:connectlocs="583,485;0,485;0,11;61,0;457,173;583,146;583,485" o:connectangles="0,0,0,0,0,0,0"/>
                     </v:shape>
-                    <v:shape id="drkBlue_Block" o:spid="_x0000_s1028" style="position:absolute;left:4535;top:725;width:583;height:249;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="1890,805" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAkgqSFxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasMw&#10;EITvhbyD2EAvJZZTTAhu5FAMoaWX0CSX3BZra7uRVsaSf/r2UaHQ4zAz3zC7/WyNGKn3rWMF6yQF&#10;QVw53XKt4HI+rLYgfEDWaByTgh/ysC8WDzvMtZv4k8ZTqEWEsM9RQRNCl0vpq4Ys+sR1xNH7cr3F&#10;EGVfS93jFOHWyOc03UiLLceFBjsqG6pup8FGyvVWdh+X7/YqN5k+hyczvB2NUo/L+fUFRKA5/If/&#10;2u9aQZbB75f4A2RxBwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACSCpIXEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m,332c56,308,204,237,423,237v644,,677,568,1269,568c1762,805,1833,788,1890,771,1890,,1890,,1890,,,,,,,l,332xe" fillcolor="#00539b" stroked="f">
+                    <v:shape id="drkBlue_Block" style="position:absolute;left:4535;top:725;width:583;height:249;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="1890,805" o:spid="_x0000_s1028" fillcolor="#00539b" stroked="f" path="m,332c56,308,204,237,423,237v644,,677,568,1269,568c1762,805,1833,788,1890,771,1890,,1890,,1890,,,,,,,l,332xe" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAkgqSFxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasMw&#10;EITvhbyD2EAvJZZTTAhu5FAMoaWX0CSX3BZra7uRVsaSf/r2UaHQ4zAz3zC7/WyNGKn3rWMF6yQF&#10;QVw53XKt4HI+rLYgfEDWaByTgh/ysC8WDzvMtZv4k8ZTqEWEsM9RQRNCl0vpq4Ys+sR1xNH7cr3F&#10;EGVfS93jFOHWyOc03UiLLceFBjsqG6pup8FGyvVWdh+X7/YqN5k+hyczvB2NUo/L+fUFRKA5/If/&#10;2u9aQZbB75f4A2RxBwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACSCpIXEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;">
                       <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,103;130,73;522,249;583,238;583,0;0,0;0,103" o:connectangles="0,0,0,0,0,0,0"/>
                     </v:shape>
-                    <v:shape id="wht_Block" o:spid="_x0000_s1029" style="position:absolute;left:4535;top:798;width:583;height:302;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="1890,979" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCW6Uo4xAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvgv9heYIXqRtrU0J0lSIUpTejoMdH9pkNZt+G7Dam/74rFHocZuYbZr0dbCN66nztWMFinoAg&#10;Lp2uuVJwPn2+ZCB8QNbYOCYFP+RhuxmP1phr9+Aj9UWoRISwz1GBCaHNpfSlIYt+7lri6N1cZzFE&#10;2VVSd/iIcNvI1yR5lxZrjgsGW9oZKu/Ft1Vw60tT7LLMHofL8mufptfF7H5QajoZPlYgAg3hP/zX&#10;PmgFbyk8v8QfIDe/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJbpSjjEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m1890,554v-56,25,-191,88,-410,88c849,642,781,83,197,83,128,83,49,97,,117,,95,,95,,95,56,71,204,,423,v644,,677,567,1269,567c1761,567,1833,550,1890,534r,20xm1890,870v-57,17,-129,33,-198,33c1100,903,1067,335,423,335,204,335,56,407,,432v,21,,21,,21c49,433,128,419,197,419v584,,652,560,1283,560c1699,979,1834,915,1890,891r,-21xe" stroked="f">
+                    <v:shape id="wht_Block" style="position:absolute;left:4535;top:798;width:583;height:302;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="1890,979" o:spid="_x0000_s1029" stroked="f" path="m1890,554v-56,25,-191,88,-410,88c849,642,781,83,197,83,128,83,49,97,,117,,95,,95,,95,56,71,204,,423,v644,,677,567,1269,567c1761,567,1833,550,1890,534r,20xm1890,870v-57,17,-129,33,-198,33c1100,903,1067,335,423,335,204,335,56,407,,432v,21,,21,,21c49,433,128,419,197,419v584,,652,560,1283,560c1699,979,1834,915,1890,891r,-21xe" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCW6Uo4xAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvgv9heYIXqRtrU0J0lSIUpTejoMdH9pkNZt+G7Dam/74rFHocZuYbZr0dbCN66nztWMFinoAg&#10;Lp2uuVJwPn2+ZCB8QNbYOCYFP+RhuxmP1phr9+Aj9UWoRISwz1GBCaHNpfSlIYt+7lri6N1cZzFE&#10;2VVSd/iIcNvI1yR5lxZrjgsGW9oZKu/Ft1Vw60tT7LLMHofL8mufptfF7H5QajoZPlYgAg3hP/zX&#10;PmgFbyk8v8QfIDe/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJbpSjjEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;">
                       <v:path arrowok="t" o:connecttype="custom" o:connectlocs="583,171;457,198;61,26;0,36;0,29;130,0;522,175;583,165;583,171;583,268;522,279;130,103;0,133;0,140;61,129;457,302;583,275;583,268" o:connectangles="0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0"/>
                       <o:lock v:ext="edit" verticies="t"/>
                     </v:shape>
-                    <v:shape id="drkBlue_MelbWater" o:spid="_x0000_s1030" style="position:absolute;left:5196;top:725;width:1801;height:588;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="5845,1904" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCVxXsTxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvgv8hvII3zWqLlK1RasHiSajag7fH5nWzunnZJnFd++sbQfA4zMw3zGzR2Vq05EPlWMF4lIEg&#10;LpyuuFSw362GryBCRNZYOyYFVwqwmPd7M8y1u/AXtdtYigThkKMCE2OTSxkKQxbDyDXEyftx3mJM&#10;0pdSe7wkuK3lJMum0mLFacFgQx+GitP2bBVk/m+8PyyPZvPsm1+j28/D926i1OCpe38DEamLj/C9&#10;vdYKXqZw+5J+gJz/AwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJXFexPEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m,c261,,261,,261,,441,563,441,563,441,563,610,,610,,610,,881,,881,,881,v,851,,851,,851c693,851,693,851,693,851v3,-677,3,-677,3,-677c487,851,487,851,487,851v-129,,-129,,-129,c150,173,150,173,150,173v5,678,5,678,5,678c,851,,851,,851l,xm1427,465v-1,-92,-47,-141,-125,-141c1230,324,1182,374,1177,465r250,xm1615,659v-42,133,-155,209,-310,209c1107,868,979,735,979,537v,-193,137,-333,334,-333c1500,204,1619,330,1619,542v,26,,26,,26c1174,568,1174,568,1174,568v,110,51,170,138,170c1373,738,1420,704,1437,644v178,15,178,15,178,15m1716,851v189,,189,,189,c1905,,1905,,1905,,1716,,1716,,1716,r,851xm2202,612v,82,40,127,105,127c2381,739,2422,672,2422,542v,-142,-36,-211,-116,-211c2249,331,2202,379,2202,451v,161,,161,,161m2019,v183,,183,,183,c2202,308,2202,308,2202,308v27,-63,96,-104,175,-104c2515,204,2617,329,2617,526v,207,-110,339,-264,339c2274,865,2205,828,2154,754v-35,100,-35,100,-35,100c2019,854,2019,854,2019,854l2019,xm3005,740v79,,123,-69,123,-204c3128,401,3084,330,3005,330v-79,,-121,70,-121,206c2884,672,2926,740,3005,740t,128c2817,868,2688,736,2688,536v,-201,129,-332,317,-332c3195,204,3324,335,3324,536v,201,-129,332,-319,332m3984,221v-182,,-182,,-182,c3802,593,3802,593,3802,593v,88,-47,140,-112,140c3634,733,3604,694,3604,617v,-396,,-396,,-396c3422,221,3422,221,3422,221v,408,,408,,408c3422,791,3486,868,3627,868v84,,148,-40,188,-118c3815,851,3815,851,3815,851v169,,169,,169,l3984,221xm4103,852v182,,182,,182,c4285,542,4285,542,4285,542v,-105,56,-168,149,-168c4446,374,4458,375,4472,377v,-171,,-171,,-171c4458,205,4447,204,4440,204v-91,,-146,49,-174,149c4266,221,4266,221,4266,221v-163,,-163,,-163,l4103,852xm4557,852v182,,182,,182,c4739,480,4739,480,4739,480v,-88,48,-142,113,-142c4909,338,4937,378,4937,455v,397,,397,,397c5120,852,5120,852,5120,852v,-409,,-409,,-409c5120,281,5055,204,4915,204v-83,,-148,40,-188,118c4727,221,4727,221,4727,221v-170,,-170,,-170,l4557,852xm5654,465v-1,-92,-46,-141,-124,-141c5457,324,5409,374,5404,465r250,xm5842,659v-42,133,-155,209,-310,209c5335,868,5206,735,5206,537v,-193,138,-333,335,-333c5728,204,5845,330,5845,542v,26,,26,,26c5402,568,5402,568,5402,568v,110,50,170,137,170c5601,738,5647,704,5664,644v178,15,178,15,178,15m223,1887v184,,184,,184,c544,1327,544,1327,544,1327v142,560,142,560,142,560c862,1887,862,1887,862,1887v222,-851,222,-851,222,-851c927,1036,927,1036,927,1036,784,1618,784,1618,784,1618,639,1036,639,1036,639,1036v-161,,-161,,-161,c335,1624,335,1624,335,1624,194,1036,194,1036,194,1036v-190,,-190,,-190,l223,1887xm1487,1578v-153,2,-231,46,-231,121c1256,1751,1290,1781,1351,1781v78,,136,-61,136,-147c1487,1578,1487,1578,1487,1578t17,309c1496,1857,1492,1823,1491,1785v-42,76,-115,117,-208,117c1146,1902,1063,1826,1063,1711v,-150,142,-228,424,-230c1487,1454,1487,1454,1487,1454v,-64,-35,-97,-105,-97c1305,1357,1261,1388,1252,1445v-172,-18,-172,-18,-172,-18c1109,1303,1214,1240,1392,1240v199,,276,73,276,246c1668,1765,1668,1765,1668,1765v,52,5,92,18,122c1504,1887,1504,1887,1504,1887t328,-205c1832,1836,1891,1904,2039,1904v38,,78,-5,120,-14c2159,1754,2159,1754,2159,1754v-25,5,-49,8,-68,8c2028,1762,2015,1733,2015,1663v,-284,,-284,,-284c2145,1379,2145,1379,2145,1379v,-122,,-122,,-122c2015,1257,2015,1257,2015,1257v,-186,,-186,,-186c1847,1082,1847,1082,1847,1082v-10,175,-10,175,-10,175c1730,1257,1730,1257,1730,1257v,122,,122,,122c1832,1379,1832,1379,1832,1379r,303xm2663,1500v-2,-91,-47,-140,-125,-140c2465,1360,2418,1410,2413,1500r250,xm2850,1694v-41,134,-154,210,-309,210c2343,1904,2214,1770,2214,1573v,-194,137,-333,335,-333c2736,1240,2854,1366,2854,1578v,26,,26,,26c2410,1604,2410,1604,2410,1604v,110,51,170,137,170c2608,1774,2655,1739,2672,1679v178,15,178,15,178,15m2959,1887v183,,183,,183,c3142,1578,3142,1578,3142,1578v,-106,55,-168,149,-168c3302,1410,3314,1411,3328,1412v,-170,,-170,,-170c3314,1241,3304,1240,3296,1240v-90,,-146,49,-174,149c3122,1257,3122,1257,3122,1257v-163,,-163,,-163,l2959,1887xe" fillcolor="#00539b" stroked="f">
+                    <v:shape id="drkBlue_MelbWater" style="position:absolute;left:5196;top:725;width:1801;height:588;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="5845,1904" o:spid="_x0000_s1030" fillcolor="#00539b" stroked="f" path="m,c261,,261,,261,,441,563,441,563,441,563,610,,610,,610,,881,,881,,881,v,851,,851,,851c693,851,693,851,693,851v3,-677,3,-677,3,-677c487,851,487,851,487,851v-129,,-129,,-129,c150,173,150,173,150,173v5,678,5,678,5,678c,851,,851,,851l,xm1427,465v-1,-92,-47,-141,-125,-141c1230,324,1182,374,1177,465r250,xm1615,659v-42,133,-155,209,-310,209c1107,868,979,735,979,537v,-193,137,-333,334,-333c1500,204,1619,330,1619,542v,26,,26,,26c1174,568,1174,568,1174,568v,110,51,170,138,170c1373,738,1420,704,1437,644v178,15,178,15,178,15m1716,851v189,,189,,189,c1905,,1905,,1905,,1716,,1716,,1716,r,851xm2202,612v,82,40,127,105,127c2381,739,2422,672,2422,542v,-142,-36,-211,-116,-211c2249,331,2202,379,2202,451v,161,,161,,161m2019,v183,,183,,183,c2202,308,2202,308,2202,308v27,-63,96,-104,175,-104c2515,204,2617,329,2617,526v,207,-110,339,-264,339c2274,865,2205,828,2154,754v-35,100,-35,100,-35,100c2019,854,2019,854,2019,854l2019,xm3005,740v79,,123,-69,123,-204c3128,401,3084,330,3005,330v-79,,-121,70,-121,206c2884,672,2926,740,3005,740t,128c2817,868,2688,736,2688,536v,-201,129,-332,317,-332c3195,204,3324,335,3324,536v,201,-129,332,-319,332m3984,221v-182,,-182,,-182,c3802,593,3802,593,3802,593v,88,-47,140,-112,140c3634,733,3604,694,3604,617v,-396,,-396,,-396c3422,221,3422,221,3422,221v,408,,408,,408c3422,791,3486,868,3627,868v84,,148,-40,188,-118c3815,851,3815,851,3815,851v169,,169,,169,l3984,221xm4103,852v182,,182,,182,c4285,542,4285,542,4285,542v,-105,56,-168,149,-168c4446,374,4458,375,4472,377v,-171,,-171,,-171c4458,205,4447,204,4440,204v-91,,-146,49,-174,149c4266,221,4266,221,4266,221v-163,,-163,,-163,l4103,852xm4557,852v182,,182,,182,c4739,480,4739,480,4739,480v,-88,48,-142,113,-142c4909,338,4937,378,4937,455v,397,,397,,397c5120,852,5120,852,5120,852v,-409,,-409,,-409c5120,281,5055,204,4915,204v-83,,-148,40,-188,118c4727,221,4727,221,4727,221v-170,,-170,,-170,l4557,852xm5654,465v-1,-92,-46,-141,-124,-141c5457,324,5409,374,5404,465r250,xm5842,659v-42,133,-155,209,-310,209c5335,868,5206,735,5206,537v,-193,138,-333,335,-333c5728,204,5845,330,5845,542v,26,,26,,26c5402,568,5402,568,5402,568v,110,50,170,137,170c5601,738,5647,704,5664,644v178,15,178,15,178,15m223,1887v184,,184,,184,c544,1327,544,1327,544,1327v142,560,142,560,142,560c862,1887,862,1887,862,1887v222,-851,222,-851,222,-851c927,1036,927,1036,927,1036,784,1618,784,1618,784,1618,639,1036,639,1036,639,1036v-161,,-161,,-161,c335,1624,335,1624,335,1624,194,1036,194,1036,194,1036v-190,,-190,,-190,l223,1887xm1487,1578v-153,2,-231,46,-231,121c1256,1751,1290,1781,1351,1781v78,,136,-61,136,-147c1487,1578,1487,1578,1487,1578t17,309c1496,1857,1492,1823,1491,1785v-42,76,-115,117,-208,117c1146,1902,1063,1826,1063,1711v,-150,142,-228,424,-230c1487,1454,1487,1454,1487,1454v,-64,-35,-97,-105,-97c1305,1357,1261,1388,1252,1445v-172,-18,-172,-18,-172,-18c1109,1303,1214,1240,1392,1240v199,,276,73,276,246c1668,1765,1668,1765,1668,1765v,52,5,92,18,122c1504,1887,1504,1887,1504,1887t328,-205c1832,1836,1891,1904,2039,1904v38,,78,-5,120,-14c2159,1754,2159,1754,2159,1754v-25,5,-49,8,-68,8c2028,1762,2015,1733,2015,1663v,-284,,-284,,-284c2145,1379,2145,1379,2145,1379v,-122,,-122,,-122c2015,1257,2015,1257,2015,1257v,-186,,-186,,-186c1847,1082,1847,1082,1847,1082v-10,175,-10,175,-10,175c1730,1257,1730,1257,1730,1257v,122,,122,,122c1832,1379,1832,1379,1832,1379r,303xm2663,1500v-2,-91,-47,-140,-125,-140c2465,1360,2418,1410,2413,1500r250,xm2850,1694v-41,134,-154,210,-309,210c2343,1904,2214,1770,2214,1573v,-194,137,-333,335,-333c2736,1240,2854,1366,2854,1578v,26,,26,,26c2410,1604,2410,1604,2410,1604v,110,51,170,137,170c2608,1774,2655,1739,2672,1679v178,15,178,15,178,15m2959,1887v183,,183,,183,c3142,1578,3142,1578,3142,1578v,-106,55,-168,149,-168c3302,1410,3314,1411,3328,1412v,-170,,-170,,-170c3314,1241,3304,1240,3296,1240v-90,,-146,49,-174,149c3122,1257,3122,1257,3122,1257v-163,,-163,,-163,l2959,1887xe" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCVxXsTxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvgv8hvII3zWqLlK1RasHiSajag7fH5nWzunnZJnFd++sbQfA4zMw3zGzR2Vq05EPlWMF4lIEg&#10;LpyuuFSw362GryBCRNZYOyYFVwqwmPd7M8y1u/AXtdtYigThkKMCE2OTSxkKQxbDyDXEyftx3mJM&#10;0pdSe7wkuK3lJMum0mLFacFgQx+GitP2bBVk/m+8PyyPZvPsm1+j28/D926i1OCpe38DEamLj/C9&#10;vdYKXqZw+5J+gJz/AwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJXFexPEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;">
                       <v:path arrowok="t" o:connecttype="custom" o:connectlocs="136,174;271,263;150,263;48,263;440,144;440,144;302,166;499,175;443,199;587,263;529,263;746,167;678,189;678,95;725,267;622,264;964,166;926,229;926,63;1228,68;1137,226;1054,68;1176,232;1228,68;1320,167;1378,64;1314,68;1404,263;1495,104;1578,263;1457,99;1404,263;1665,144;1705,268;1801,167;1707,228;69,583;211,583;286,320;147,320;1,320;387,525;458,487;395,587;458,449;333,441;514,545;564,519;665,542;621,426;621,388;566,388;564,426;782,420;878,523;785,383;743,495;878,523;968,487;1025,384;962,388" o:connectangles="0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0"/>
                       <o:lock v:ext="edit" verticies="t"/>
                     </v:shape>
                     <w10:wrap anchorx="page" anchory="page"/>
                     <w10:anchorlock/>
                   </v:group>
                 </w:pict>
               </mc:Fallback>
             </mc:AlternateContent>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2834" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="773DAF84" w14:textId="77777777" w:rsidR="00577FF5" w:rsidRPr="004F721E" w:rsidRDefault="00577FF5" w:rsidP="001501C9">
+        <w:p w14:paraId="773DAF84" w14:textId="77777777" w:rsidR="00577FF5" w:rsidRPr="004F721E" w:rsidRDefault="00577FF5" w:rsidP="00911305">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4513"/>
               <w:tab w:val="center" w:pos="3119"/>
             </w:tabs>
             <w:spacing w:before="120" w:after="120"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:b/>
               <w:color w:val="003087"/>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="22C1A24E" w14:textId="028C0F55" w:rsidR="006D08CB" w:rsidRDefault="00060386">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="5234D0B2" wp14:editId="2ACB4542">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="5234D0B2" wp14:editId="2ACB4542">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>190500</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7560310" cy="273050"/>
               <wp:effectExtent l="0" t="0" r="0" b="12700"/>
               <wp:wrapNone/>
               <wp:docPr id="1" name="MSIPCMb170429093d8c0c18d61c5a1" descr="{&quot;HashCode&quot;:431517927,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Header&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="7560310" cy="273050"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -5075,93 +5648,102 @@
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00060386">
                             <w:rPr>
                               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                               <w:color w:val="FF0000"/>
                               <w:sz w:val="28"/>
                             </w:rPr>
                             <w:t>OFFICIAL</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="0" rIns="91440" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
-[...1 lines deleted...]
-            <v:shapetype w14:anchorId="5234D0B2" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+        <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <w:pict w14:anchorId="38E539E9">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5234D0B2">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="MSIPCMb170429093d8c0c18d61c5a1" o:spid="_x0000_s1026" type="#_x0000_t202" alt="{&quot;HashCode&quot;:431517927,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Header&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" style="position:absolute;margin-left:0;margin-top:15pt;width:595.3pt;height:21.5pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBRqFvAFgMAADUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVF1v0zwUvkfiP0S+4IouSZt+pCxDW6fy&#10;TipQqUO7dh1niUjsYLtr9iL+O48dp2zABULcJMfnHJ+P5zw+52+7pg4euNKVFBmJzyIScMFkXon7&#10;jHy6XY8WJNCGipzWUvCMPHJN3l68fHF+bJd8LEtZ51wFCCL08thmpDSmXYahZiVvqD6TLRcwFlI1&#10;1OCo7sNc0SOiN3U4jqJZeJQqb5VkXGtor3sjuXDxi4Iz87EoNDdBnRHUZtxXue/efsOLc7q8V7Qt&#10;K+bLoH9RRUMrgaSnUNfU0OCgql9CNRVTUsvCnDHZhLIoKsZdD+gmjn7qZlfSlrteAI5uTzDpfxeW&#10;fXjYqqDKMTsSCNpgRO93N9vV+308j5JxGqWTfMEiFi/yWcymFF451wwIfn315SDNm/+oLlcy5/1p&#10;mUziaTxPx/PX3syr+9J44yIBQbzhrspN6fXTdHrSb2vKeMPFcGcIQ8GTXvYBbkTOOx+g/21V1VD1&#10;+MxrBwaAmt4v9ndvZes10SnxhhdDTii/WWYcW70EQLsWEJnuSnYWJa/XUNqBd4Vq7B+jDGAHxx5P&#10;vOKdCRiU8+ksmsQwMdjG80k0dcQLf9xulTbvuGwCK2REoWpHJ/qw0QYZ4Tq42GRCrqu6dtytRXDM&#10;yGyCkM8suFELq0ERiOGlnpNf03icRFfjdLSeLeajZJ1MR+k8WoyiOL1KZ1GSJtfrbzZenCzLKs+5&#10;2FSCD+8jTv6Mf/6l9sx2L+RZqVrWVW77sLXZ7la1Ch4oHuoeHPhsgUYTT7zC5+U4M7ob/q7L0M6s&#10;n42VTLfv/MD2Mn/EHJUEvhiFbtm6QtIN1WZLFR49lFhk5iM+RS0BqvQSCUqp/v+d3voDC1hJcMQS&#10;yYj+cqCKk6C+EXilaZwkCGvcAYJ6qt0PWnFoVhJt422hKidaX1MPYqFkc4c9d2mzwUQFQ86MmEFc&#10;GZxgwJ5k/PLSydgvLTUbsWuZDT2AfNvdUdV6nhnA90EOa4Yuf6Jb72tvCnl5MLKoHBctsD2agN4e&#10;sJvcEPwetcvv6dl5/dj2F98BAAD//wMAUEsDBBQABgAIAAAAIQBLIgnm3AAAAAcBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRuLBmTVlaaTgi0CxISHbtwyxqvrZY4VZO15e3xTnCy&#10;rP/X58/FdvZOjDjELpCG5UKBQKqD7ajRcPjaPTyBiMmQNS4QavjBCNvy9qYwuQ0TVTjuUyMYQjE3&#10;GtqU+lzKWLfoTVyEHomzUxi8SbwOjbSDmRjunXxUai296YgvtKbH1xbr8/7imbJ5e5/TR/YZoqt2&#10;0+i/D1nVa31/N788g0g4p78yXPVZHUp2OoYL2SicBn4kaVgpntd0uVFrEEcN2UqBLAv537/8BQAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFGoW8AWAwAANQYAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAEsiCebcAAAABwEAAA8AAAAAAAAAAAAAAAAA&#10;cAUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB5BgAAAAA=&#10;" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt">
-              <v:fill o:detectmouseclick="t"/>
+            <v:shape id="MSIPCMb170429093d8c0c18d61c5a1" style="position:absolute;margin-left:0;margin-top:15pt;width:595.3pt;height:21.5pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" alt="{&quot;HashCode&quot;:431517927,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Header&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" o:spid="_x0000_s1026" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCq0O6IEwIAACQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU99v2jAQfp+0/8Hy+0iAlnYRoWKtmCah&#10;thKd+mwcm0SyfZ5tSNhfv7MToOv2NO3Fudyd78f3fZ7fdVqRg3C+AVPS8SinRBgOVWN2Jf3+svp0&#10;S4kPzFRMgRElPQpP7xYfP8xbW4gJ1KAq4QgWMb5obUnrEGyRZZ7XQjM/AisMBiU4zQL+ul1WOdZi&#10;da2ySZ7PshZcZR1w4T16H/ogXaT6UgoenqT0IhBVUpwtpNOlcxvPbDFnxc4xWzd8GIP9wxSaNQab&#10;nks9sMDI3jV/lNINd+BBhhEHnYGUDRdpB9xmnL/bZlMzK9IuCI63Z5j8/yvLHw8b++xI6L5AhwRG&#10;QFrrC4/OuE8nnY5fnJRgHCE8nmETXSAcnTfXs3w6xhDH2ORmml8nXLPLbet8+CpAk2iU1CEtCS12&#10;WPuAHTH1lBKbGVg1SiVqlCFtSWdTLPlbBG8ogxcvs0YrdNtuWGAL1RH3ctBT7i1fNdh8zXx4Zg45&#10;xnlRt+EJD6kAm8BgUVKD+/k3f8xH6DFKSYuaKan/sWdOUKK+GSTl8/jqKoos/aDh3nq3J6/Z63tA&#10;OY7xZViezJgb1MmUDvQrynoZu2GIGY49SxpO5n3oFYzPgovlMiWhnCwLa7OxPJaOYEVIX7pX5uyA&#10;e0DGHuGkKla8g7/P7WFe7gPIJnETge3RHPBGKSbKhmcTtf72P2VdHvfiFwAAAP//AwBQSwMEFAAG&#10;AAgAAAAhAEsiCebcAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4sGZNW&#10;VppOCLQLEhIdu3DLGq+tljhVk7Xl7fFOcLKs/9fnz8V29k6MOMQukIblQoFAqoPtqNFw+No9PIGI&#10;yZA1LhBq+MEI2/L2pjC5DRNVOO5TIxhCMTca2pT6XMpYt+hNXIQeibNTGLxJvA6NtIOZGO6dfFRq&#10;Lb3piC+0psfXFuvz/uKZsnl7n9NH9hmiq3bT6L8PWdVrfX83vzyDSDinvzJc9VkdSnY6hgvZKJwG&#10;fiRpWCme13S5UWsQRw3ZSoEsC/nfv/wFAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAqtDu&#10;iBMCAAAkBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;SyIJ5twAAAAHAQAADwAAAAAAAAAAAAAAAABtBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAHYFAAAAAA==&#10;">
               <v:textbox inset=",0,,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="69CE04FA" w14:textId="3391D3B2" w:rsidR="00060386" w:rsidRPr="00060386" w:rsidRDefault="00060386" w:rsidP="00060386">
+                  <w:p w:rsidRPr="00060386" w:rsidR="00060386" w:rsidP="00060386" w:rsidRDefault="00060386" w14:paraId="08CE8BEA" w14:textId="3391D3B2">
                     <w:pPr>
                       <w:spacing w:before="0" w:after="0"/>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="FF0000"/>
                         <w:sz w:val="28"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00060386">
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="FF0000"/>
                         <w:sz w:val="28"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="50234EB8" w14:textId="77777777" w:rsidR="003C48F9" w:rsidRDefault="003C48F9">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="E46EFE1C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListBullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0360357C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="24F4F036"/>
@@ -5478,50 +6060,136 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3AA2FF3C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="62CCC42A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="48B513FA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="25C42A60"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="-130"/>
         </w:tabs>
         <w:ind w:left="-130" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5617,51 +6285,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="4910"/>
         </w:tabs>
         <w:ind w:left="4910" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5630"/>
         </w:tabs>
         <w:ind w:left="5630" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54BA1E5A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="83C238FA"/>
     <w:styleLink w:val="ZZBullets"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="DHHSbullet1"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlRestart w:val="0"/>
       <w:pStyle w:val="DHHSbullet1lastline"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5740,51 +6408,51 @@
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="60EE4BCD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="69BCF318"/>
     <w:lvl w:ilvl="0" w:tplc="258E3C2A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -5852,51 +6520,164 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="68CC21C5"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="483ECEB0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="284" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EB71225"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6ED8E622"/>
     <w:lvl w:ilvl="0" w:tplc="0C09000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5965,293 +6746,611 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
-[...2 lines deleted...]
-  <w:num w:numId="2">
+  <w:num w:numId="1" w16cid:durableId="1660039368">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="3">
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="2" w16cid:durableId="494611668">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1475754678">
+    <w:abstractNumId w:val="6"/>
     <w:lvlOverride w:ilvl="0"/>
     <w:lvlOverride w:ilvl="1"/>
     <w:lvlOverride w:ilvl="2"/>
     <w:lvlOverride w:ilvl="3"/>
     <w:lvlOverride w:ilvl="4"/>
     <w:lvlOverride w:ilvl="5"/>
     <w:lvlOverride w:ilvl="6"/>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1653870353">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="318656179">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="6">
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="6" w16cid:durableId="1413041858">
+    <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1722047407">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1039403691">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="9">
-    <w:abstractNumId w:val="7"/>
+  <w:num w:numId="9" w16cid:durableId="2126577830">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="547257629">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1089228442">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1058091467">
+    <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006D08CB"/>
-    <w:rsid w:val="00027C78"/>
+    <w:rsid w:val="00012EA7"/>
+    <w:rsid w:val="00022DB2"/>
+    <w:rsid w:val="000302FE"/>
+    <w:rsid w:val="00031194"/>
+    <w:rsid w:val="000344A3"/>
     <w:rsid w:val="000359CF"/>
     <w:rsid w:val="0004193B"/>
+    <w:rsid w:val="000436ED"/>
+    <w:rsid w:val="000475A0"/>
     <w:rsid w:val="000517CB"/>
     <w:rsid w:val="00060386"/>
     <w:rsid w:val="0006210C"/>
     <w:rsid w:val="000621C2"/>
+    <w:rsid w:val="00067350"/>
+    <w:rsid w:val="00067EC6"/>
+    <w:rsid w:val="00073442"/>
+    <w:rsid w:val="00074192"/>
     <w:rsid w:val="00082E05"/>
+    <w:rsid w:val="000B1A2A"/>
+    <w:rsid w:val="000B1BE4"/>
     <w:rsid w:val="000D2406"/>
+    <w:rsid w:val="000E0F88"/>
     <w:rsid w:val="000E333E"/>
     <w:rsid w:val="000F02F6"/>
+    <w:rsid w:val="00101A7D"/>
+    <w:rsid w:val="00101FA6"/>
     <w:rsid w:val="00113F49"/>
     <w:rsid w:val="00135C6F"/>
+    <w:rsid w:val="001437F4"/>
     <w:rsid w:val="00150DD0"/>
+    <w:rsid w:val="00156CD9"/>
     <w:rsid w:val="001724D2"/>
+    <w:rsid w:val="00180181"/>
     <w:rsid w:val="0018519A"/>
     <w:rsid w:val="001854C2"/>
+    <w:rsid w:val="001C59E0"/>
     <w:rsid w:val="001C6C53"/>
+    <w:rsid w:val="001D17F1"/>
     <w:rsid w:val="001F530D"/>
     <w:rsid w:val="001F771F"/>
+    <w:rsid w:val="002037DF"/>
     <w:rsid w:val="002053F5"/>
+    <w:rsid w:val="00207850"/>
     <w:rsid w:val="00213259"/>
+    <w:rsid w:val="00217F1C"/>
+    <w:rsid w:val="00221E45"/>
+    <w:rsid w:val="0022794F"/>
+    <w:rsid w:val="00233EE9"/>
+    <w:rsid w:val="0023684D"/>
+    <w:rsid w:val="002433BA"/>
+    <w:rsid w:val="002469F3"/>
+    <w:rsid w:val="002740DA"/>
+    <w:rsid w:val="00293A5E"/>
+    <w:rsid w:val="002A5E11"/>
+    <w:rsid w:val="002B2388"/>
+    <w:rsid w:val="002B2754"/>
+    <w:rsid w:val="002D1786"/>
     <w:rsid w:val="00301B9A"/>
     <w:rsid w:val="0030479C"/>
     <w:rsid w:val="00304F30"/>
+    <w:rsid w:val="00316699"/>
     <w:rsid w:val="0032057D"/>
+    <w:rsid w:val="00326008"/>
     <w:rsid w:val="00337318"/>
     <w:rsid w:val="00351A26"/>
+    <w:rsid w:val="00363B13"/>
     <w:rsid w:val="00371329"/>
+    <w:rsid w:val="003727D4"/>
+    <w:rsid w:val="00374936"/>
     <w:rsid w:val="00381C0C"/>
     <w:rsid w:val="003918A5"/>
+    <w:rsid w:val="00394CA5"/>
+    <w:rsid w:val="003A41C5"/>
+    <w:rsid w:val="003C48F9"/>
+    <w:rsid w:val="003C6613"/>
+    <w:rsid w:val="003E503C"/>
+    <w:rsid w:val="003E5EFE"/>
     <w:rsid w:val="00440844"/>
     <w:rsid w:val="00446147"/>
+    <w:rsid w:val="00451CE6"/>
+    <w:rsid w:val="004632EB"/>
+    <w:rsid w:val="00476843"/>
+    <w:rsid w:val="004843DE"/>
     <w:rsid w:val="00487196"/>
     <w:rsid w:val="00495420"/>
     <w:rsid w:val="004D0826"/>
+    <w:rsid w:val="004D7C66"/>
     <w:rsid w:val="004F149F"/>
     <w:rsid w:val="004F1683"/>
     <w:rsid w:val="004F721E"/>
     <w:rsid w:val="0050475B"/>
     <w:rsid w:val="005070DF"/>
+    <w:rsid w:val="00513D45"/>
     <w:rsid w:val="0051438E"/>
+    <w:rsid w:val="005157F3"/>
+    <w:rsid w:val="005260BF"/>
+    <w:rsid w:val="005320BB"/>
+    <w:rsid w:val="005470A6"/>
     <w:rsid w:val="00551C6F"/>
+    <w:rsid w:val="005574C6"/>
     <w:rsid w:val="00577FF5"/>
     <w:rsid w:val="005866F0"/>
+    <w:rsid w:val="00586D51"/>
     <w:rsid w:val="005967C0"/>
     <w:rsid w:val="005B1DBB"/>
     <w:rsid w:val="005C148C"/>
     <w:rsid w:val="005C2C24"/>
     <w:rsid w:val="005D215F"/>
     <w:rsid w:val="005D7C5A"/>
+    <w:rsid w:val="005E5AE4"/>
+    <w:rsid w:val="0060215A"/>
     <w:rsid w:val="00605D9E"/>
     <w:rsid w:val="00611817"/>
+    <w:rsid w:val="0061544E"/>
+    <w:rsid w:val="00615657"/>
+    <w:rsid w:val="006229BB"/>
+    <w:rsid w:val="00642B9A"/>
+    <w:rsid w:val="00653A2A"/>
+    <w:rsid w:val="0066495C"/>
     <w:rsid w:val="00696DF7"/>
+    <w:rsid w:val="006A51E4"/>
     <w:rsid w:val="006B29B9"/>
     <w:rsid w:val="006D08CB"/>
     <w:rsid w:val="006F455D"/>
     <w:rsid w:val="006F5AF8"/>
     <w:rsid w:val="006F6102"/>
     <w:rsid w:val="007013DA"/>
+    <w:rsid w:val="00701B28"/>
     <w:rsid w:val="007033F4"/>
     <w:rsid w:val="0070602C"/>
+    <w:rsid w:val="00711993"/>
+    <w:rsid w:val="0072083D"/>
     <w:rsid w:val="00726D39"/>
     <w:rsid w:val="007313C2"/>
     <w:rsid w:val="00752EF1"/>
     <w:rsid w:val="0077140D"/>
+    <w:rsid w:val="00771C95"/>
+    <w:rsid w:val="00783435"/>
+    <w:rsid w:val="007852E7"/>
+    <w:rsid w:val="007A21B8"/>
     <w:rsid w:val="007A2FC9"/>
+    <w:rsid w:val="007B5F9C"/>
     <w:rsid w:val="007C1AA7"/>
     <w:rsid w:val="007C6F78"/>
+    <w:rsid w:val="007E06D0"/>
     <w:rsid w:val="007F1D80"/>
+    <w:rsid w:val="007F2959"/>
     <w:rsid w:val="007F679C"/>
+    <w:rsid w:val="007F75C4"/>
+    <w:rsid w:val="008052A4"/>
     <w:rsid w:val="0080788B"/>
     <w:rsid w:val="00821A85"/>
+    <w:rsid w:val="00836D58"/>
+    <w:rsid w:val="00837EB5"/>
     <w:rsid w:val="00840014"/>
+    <w:rsid w:val="0084497E"/>
     <w:rsid w:val="00846169"/>
     <w:rsid w:val="008675E5"/>
     <w:rsid w:val="00876A8E"/>
     <w:rsid w:val="008C3544"/>
+    <w:rsid w:val="008C3699"/>
     <w:rsid w:val="008D3607"/>
+    <w:rsid w:val="008E010A"/>
+    <w:rsid w:val="008E033E"/>
+    <w:rsid w:val="008F54DD"/>
+    <w:rsid w:val="009112FE"/>
+    <w:rsid w:val="00911305"/>
+    <w:rsid w:val="009262A5"/>
+    <w:rsid w:val="009362B8"/>
+    <w:rsid w:val="00936781"/>
     <w:rsid w:val="00940E9B"/>
+    <w:rsid w:val="00947BBF"/>
+    <w:rsid w:val="00953A6E"/>
     <w:rsid w:val="0095522C"/>
     <w:rsid w:val="00955343"/>
+    <w:rsid w:val="00962E7C"/>
     <w:rsid w:val="009A0FDF"/>
+    <w:rsid w:val="009B50B2"/>
     <w:rsid w:val="009D2B09"/>
+    <w:rsid w:val="009D7815"/>
     <w:rsid w:val="009E1A71"/>
     <w:rsid w:val="009E5E27"/>
     <w:rsid w:val="009E758F"/>
+    <w:rsid w:val="009F7749"/>
     <w:rsid w:val="009F7FD1"/>
+    <w:rsid w:val="00A11001"/>
+    <w:rsid w:val="00A502D7"/>
+    <w:rsid w:val="00A60B10"/>
+    <w:rsid w:val="00A64C25"/>
+    <w:rsid w:val="00A66BAE"/>
+    <w:rsid w:val="00A70F0D"/>
+    <w:rsid w:val="00A7C8EB"/>
     <w:rsid w:val="00A82542"/>
+    <w:rsid w:val="00A83564"/>
+    <w:rsid w:val="00A879FC"/>
     <w:rsid w:val="00A93BD1"/>
     <w:rsid w:val="00AB2DEA"/>
     <w:rsid w:val="00AC1644"/>
+    <w:rsid w:val="00AE71BF"/>
+    <w:rsid w:val="00B178D8"/>
+    <w:rsid w:val="00B229FD"/>
     <w:rsid w:val="00B22B6B"/>
     <w:rsid w:val="00B251E9"/>
     <w:rsid w:val="00B45A37"/>
+    <w:rsid w:val="00B46EA5"/>
+    <w:rsid w:val="00B6784F"/>
     <w:rsid w:val="00B71DFC"/>
+    <w:rsid w:val="00B72A03"/>
+    <w:rsid w:val="00B7E9A1"/>
     <w:rsid w:val="00B87688"/>
+    <w:rsid w:val="00B87B7E"/>
+    <w:rsid w:val="00B9565A"/>
+    <w:rsid w:val="00BA740D"/>
+    <w:rsid w:val="00BB50FB"/>
+    <w:rsid w:val="00BC7D61"/>
     <w:rsid w:val="00C117CA"/>
     <w:rsid w:val="00C15BA7"/>
+    <w:rsid w:val="00C21251"/>
+    <w:rsid w:val="00C32939"/>
+    <w:rsid w:val="00C41ABB"/>
     <w:rsid w:val="00C5028E"/>
     <w:rsid w:val="00C61139"/>
+    <w:rsid w:val="00C64454"/>
+    <w:rsid w:val="00C71FAC"/>
     <w:rsid w:val="00C827AB"/>
+    <w:rsid w:val="00C97765"/>
+    <w:rsid w:val="00CA4758"/>
+    <w:rsid w:val="00CB2891"/>
     <w:rsid w:val="00CB6EB5"/>
     <w:rsid w:val="00CE4049"/>
     <w:rsid w:val="00CE49CE"/>
+    <w:rsid w:val="00D10F5E"/>
     <w:rsid w:val="00D22B38"/>
+    <w:rsid w:val="00D3768A"/>
+    <w:rsid w:val="00D73078"/>
+    <w:rsid w:val="00D77947"/>
+    <w:rsid w:val="00D870A4"/>
+    <w:rsid w:val="00DA29CF"/>
+    <w:rsid w:val="00DC226B"/>
     <w:rsid w:val="00DC3BDF"/>
     <w:rsid w:val="00DC6857"/>
+    <w:rsid w:val="00DD13AE"/>
     <w:rsid w:val="00DD58D7"/>
+    <w:rsid w:val="00DE1182"/>
     <w:rsid w:val="00DE21AC"/>
     <w:rsid w:val="00DE49F7"/>
     <w:rsid w:val="00DE6D00"/>
     <w:rsid w:val="00E00CE5"/>
+    <w:rsid w:val="00E10EFF"/>
     <w:rsid w:val="00E11AE6"/>
+    <w:rsid w:val="00E15EC8"/>
+    <w:rsid w:val="00E26198"/>
+    <w:rsid w:val="00E3164B"/>
+    <w:rsid w:val="00E4548C"/>
     <w:rsid w:val="00E6098D"/>
+    <w:rsid w:val="00E6500A"/>
     <w:rsid w:val="00E67575"/>
+    <w:rsid w:val="00E877E2"/>
     <w:rsid w:val="00E93B1F"/>
+    <w:rsid w:val="00EA600F"/>
     <w:rsid w:val="00EB33AF"/>
     <w:rsid w:val="00EC1963"/>
     <w:rsid w:val="00EC6A77"/>
     <w:rsid w:val="00ED6C71"/>
     <w:rsid w:val="00ED6EBA"/>
+    <w:rsid w:val="00EE187C"/>
     <w:rsid w:val="00EF5696"/>
+    <w:rsid w:val="00F0321D"/>
+    <w:rsid w:val="00F04CBD"/>
+    <w:rsid w:val="00F33759"/>
+    <w:rsid w:val="00F37114"/>
     <w:rsid w:val="00F405F1"/>
+    <w:rsid w:val="00F4159A"/>
     <w:rsid w:val="00F41AF9"/>
+    <w:rsid w:val="00F45F54"/>
+    <w:rsid w:val="00F67B6F"/>
+    <w:rsid w:val="00F82570"/>
     <w:rsid w:val="00FB4E6E"/>
     <w:rsid w:val="00FB6F68"/>
-    <w:rsid w:val="00FE3195"/>
+    <w:rsid w:val="00FE674D"/>
+    <w:rsid w:val="01E35A1F"/>
+    <w:rsid w:val="03969FEA"/>
+    <w:rsid w:val="049CCDB8"/>
+    <w:rsid w:val="064DA173"/>
+    <w:rsid w:val="0815D1C4"/>
+    <w:rsid w:val="091AA6D9"/>
+    <w:rsid w:val="0B213266"/>
+    <w:rsid w:val="0B6170B9"/>
+    <w:rsid w:val="0BA05AFE"/>
+    <w:rsid w:val="0C245018"/>
+    <w:rsid w:val="0C617A5A"/>
+    <w:rsid w:val="0CF809F2"/>
+    <w:rsid w:val="0D545372"/>
+    <w:rsid w:val="0D64B726"/>
+    <w:rsid w:val="0E53B06C"/>
+    <w:rsid w:val="0E585C6C"/>
+    <w:rsid w:val="107FF943"/>
+    <w:rsid w:val="1439CACB"/>
+    <w:rsid w:val="14E1D552"/>
+    <w:rsid w:val="14EDB16F"/>
+    <w:rsid w:val="151FE6B1"/>
+    <w:rsid w:val="152852BB"/>
+    <w:rsid w:val="15449AB6"/>
+    <w:rsid w:val="15C78C77"/>
+    <w:rsid w:val="16970B8B"/>
+    <w:rsid w:val="173E5CB8"/>
+    <w:rsid w:val="1757F23F"/>
+    <w:rsid w:val="18A27805"/>
+    <w:rsid w:val="19EF47CC"/>
+    <w:rsid w:val="19F16513"/>
+    <w:rsid w:val="1B272510"/>
+    <w:rsid w:val="1C774F99"/>
+    <w:rsid w:val="1D2BA2BC"/>
+    <w:rsid w:val="1DF41287"/>
+    <w:rsid w:val="1E81328F"/>
+    <w:rsid w:val="1EC403CC"/>
+    <w:rsid w:val="1EF0A29E"/>
+    <w:rsid w:val="1F61BA92"/>
+    <w:rsid w:val="1FCF381B"/>
+    <w:rsid w:val="206ED74E"/>
+    <w:rsid w:val="209EF948"/>
+    <w:rsid w:val="24AF3DDA"/>
+    <w:rsid w:val="25082B9B"/>
+    <w:rsid w:val="2532E7F5"/>
+    <w:rsid w:val="25EEFE83"/>
+    <w:rsid w:val="25FBC556"/>
+    <w:rsid w:val="2647B81A"/>
+    <w:rsid w:val="268B7860"/>
+    <w:rsid w:val="27269406"/>
+    <w:rsid w:val="27C80955"/>
+    <w:rsid w:val="2824D6F8"/>
+    <w:rsid w:val="28908CE5"/>
+    <w:rsid w:val="2917CDD4"/>
+    <w:rsid w:val="2924A916"/>
+    <w:rsid w:val="29D2167B"/>
+    <w:rsid w:val="2A15849E"/>
+    <w:rsid w:val="2A96A878"/>
+    <w:rsid w:val="2C610A50"/>
+    <w:rsid w:val="2C995350"/>
+    <w:rsid w:val="2CAD86B0"/>
+    <w:rsid w:val="2EC1052D"/>
+    <w:rsid w:val="2EEDEFFF"/>
+    <w:rsid w:val="2EF80FF8"/>
+    <w:rsid w:val="2F608D01"/>
+    <w:rsid w:val="3106A461"/>
+    <w:rsid w:val="34BF0D05"/>
+    <w:rsid w:val="35106A33"/>
+    <w:rsid w:val="3618456C"/>
+    <w:rsid w:val="36EE036B"/>
+    <w:rsid w:val="37178C4E"/>
+    <w:rsid w:val="38EC4664"/>
+    <w:rsid w:val="3930E7AA"/>
+    <w:rsid w:val="39B404CD"/>
+    <w:rsid w:val="3A79A82C"/>
+    <w:rsid w:val="3AECCCEF"/>
+    <w:rsid w:val="3D5601D0"/>
+    <w:rsid w:val="3EE1F8C2"/>
+    <w:rsid w:val="3EFD1B0F"/>
+    <w:rsid w:val="3F19A1AC"/>
+    <w:rsid w:val="3FEE469E"/>
+    <w:rsid w:val="3FF78B45"/>
+    <w:rsid w:val="41C25D4A"/>
+    <w:rsid w:val="43057508"/>
+    <w:rsid w:val="4350EA04"/>
+    <w:rsid w:val="442C71FA"/>
+    <w:rsid w:val="45943B5E"/>
+    <w:rsid w:val="45BE8A0E"/>
+    <w:rsid w:val="46B742DE"/>
+    <w:rsid w:val="46C1E10C"/>
+    <w:rsid w:val="4857F7B9"/>
+    <w:rsid w:val="49495D38"/>
+    <w:rsid w:val="4AD7531F"/>
+    <w:rsid w:val="4C28C4BC"/>
+    <w:rsid w:val="4CD2BBBA"/>
+    <w:rsid w:val="4D52FFEF"/>
+    <w:rsid w:val="4DB4ADD5"/>
+    <w:rsid w:val="4DE3820B"/>
+    <w:rsid w:val="4DF7C8EE"/>
+    <w:rsid w:val="4F5F99BD"/>
+    <w:rsid w:val="4F943974"/>
+    <w:rsid w:val="50A6F76E"/>
+    <w:rsid w:val="528CAB01"/>
+    <w:rsid w:val="531F7DF7"/>
+    <w:rsid w:val="5418AD99"/>
+    <w:rsid w:val="55F1143E"/>
+    <w:rsid w:val="5631B878"/>
+    <w:rsid w:val="57F5F873"/>
+    <w:rsid w:val="5A928225"/>
+    <w:rsid w:val="5BFF3B64"/>
+    <w:rsid w:val="5CED3CF1"/>
+    <w:rsid w:val="5D56CB09"/>
+    <w:rsid w:val="5DF2EF8E"/>
+    <w:rsid w:val="5EADBB4D"/>
+    <w:rsid w:val="5EE04D6F"/>
+    <w:rsid w:val="5EE2713A"/>
+    <w:rsid w:val="5F2AB202"/>
+    <w:rsid w:val="601628F9"/>
+    <w:rsid w:val="60FB55E7"/>
+    <w:rsid w:val="6152E91B"/>
+    <w:rsid w:val="615544F6"/>
+    <w:rsid w:val="632F7368"/>
+    <w:rsid w:val="63EEAAD4"/>
+    <w:rsid w:val="65DA2DED"/>
+    <w:rsid w:val="67467708"/>
+    <w:rsid w:val="68A2E86F"/>
+    <w:rsid w:val="68A9F1F2"/>
+    <w:rsid w:val="69339B8B"/>
+    <w:rsid w:val="6C024386"/>
+    <w:rsid w:val="6C37148E"/>
+    <w:rsid w:val="6C7FDD6E"/>
+    <w:rsid w:val="6D046265"/>
+    <w:rsid w:val="6E68270E"/>
+    <w:rsid w:val="6FFDE6C0"/>
+    <w:rsid w:val="700827F6"/>
+    <w:rsid w:val="700F2378"/>
+    <w:rsid w:val="70807287"/>
+    <w:rsid w:val="71516E56"/>
+    <w:rsid w:val="72F28E1D"/>
+    <w:rsid w:val="73895F1B"/>
+    <w:rsid w:val="745DFF60"/>
+    <w:rsid w:val="7606DB6E"/>
+    <w:rsid w:val="7680D275"/>
+    <w:rsid w:val="78F29035"/>
+    <w:rsid w:val="7918AA3B"/>
+    <w:rsid w:val="7A09B08B"/>
+    <w:rsid w:val="7A0E8FF3"/>
+    <w:rsid w:val="7A43C312"/>
+    <w:rsid w:val="7ACFD78E"/>
+    <w:rsid w:val="7CABBD11"/>
+    <w:rsid w:val="7D06976D"/>
+    <w:rsid w:val="7D4CA767"/>
+    <w:rsid w:val="7DD816C5"/>
+    <w:rsid w:val="7DDD1FAC"/>
+    <w:rsid w:val="7E9F04EC"/>
+    <w:rsid w:val="7EAB9528"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-AU"/>
+  <w:themeFontLang w:val="en-AU" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="22C1A217"/>
-  <w15:docId w15:val="{04807196-87F2-4FE1-8958-F15B9EE39D15}"/>
+  <w15:docId w15:val="{1AD179E1-E72B-44AF-8D89-614661B4BD6A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-AU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -6387,51 +7486,51 @@
     <w:lsdException w:name="Table Grid" w:uiPriority="0"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="34"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
@@ -6579,50 +7678,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="0080788B"/>
     <w:pPr>
       <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00726D39"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="120" w:after="120"/>
@@ -6798,51 +7902,51 @@
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00726D39"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="00428B"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="MelbourneWaterTableStyle1">
     <w:name w:val="Melbourne Water Table Style1"/>
     <w:basedOn w:val="LightList-Accent5"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00DC6857"/>
     <w:pPr>
       <w:spacing w:before="60" w:after="60"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
-      <w:lang w:eastAsia="en-AU"/>
+      <w:lang w:val="en-US" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:jc w:val="center"/>
     </w:tblPr>
     <w:trPr>
       <w:jc w:val="center"/>
     </w:trPr>
     <w:tcPr>
       <w:vAlign w:val="center"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:wordWrap/>
         <w:spacing w:beforeLines="0" w:before="120" w:beforeAutospacing="0" w:afterLines="0" w:after="120" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:b w:val="0"/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
@@ -7328,63 +8432,61 @@
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Gadugi" w:hAnsi="Gadugi" w:cs="Gadugi"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008C3544"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008C3544"/>
     <w:rPr>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:rsid w:val="008C3544"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DHHSbullet1">
     <w:name w:val="DHHS bullet 1"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="008C3544"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="2"/>
       </w:numPr>
       <w:spacing w:before="0" w:after="40" w:line="270" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DHHSbullet2">
     <w:name w:val="DHHS bullet 2"/>
@@ -7563,63 +8665,111 @@
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00B22B6B"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListBullet">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008675E5"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="7"/>
       </w:numPr>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009B50B2"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009B50B2"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Mention">
+    <w:name w:val="Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002469F3"/>
+    <w:rPr>
+      <w:color w:val="2B579A"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C97765"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ccyp.vic.gov.au/child-safe-standards/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inflo/inflo/cs.exe/properties/39971581" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ccyp.vic.gov.au/child-safe-standards/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inflo/inflo/cs.exe/properties/39971581" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://humanrights.gov.au/our-work/childrens-rights" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inflo/inflo/cs.exe/properties/39972053" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ccyp.vic.gov.au/child-safe-standards/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inflo/inflo/cs.exe/properties/39972053" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://providers.dhhs.vic.gov.au/child-protection" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://providers.dffh.vic.gov.au/resources-child-safe-standards" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inflo/inflo/cs.exe/properties/39972053" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ccyp.vic.gov.au/child-safe-standards/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ccyp.vic.gov.au/child-safe-standards/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vic.gov.au/changes-regulation-child-safe-standards" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inflo/inflo/cs.exe/properties/39971581" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ccyp.vic.gov.au/reportable-conduct-scheme/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ccyp.vic.gov.au/reportable-conduct-scheme/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inflo/inflo/cs.exe/properties/39971581" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ccyp.vic.gov.au/child-safe-standards/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://humanrights.gov.au/our-work/childrens-rights" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inflo/inflo/cs.exe/properties/39972053" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -7863,97 +9013,422 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="85f4be49-0b6f-43fb-9fd0-e026870d021e">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="8abf1876-902b-4d67-ae96-f70d0d2c9d92" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100757C90B357CBB44F8826BFC627DEA276" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1141b93126881fc11b0a29c7826a4ab3">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="85f4be49-0b6f-43fb-9fd0-e026870d021e" xmlns:ns3="8abf1876-902b-4d67-ae96-f70d0d2c9d92" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="18e07e9324bc8f62e314b9d6cda5c346" ns2:_="" ns3:_="">
+    <xsd:import namespace="85f4be49-0b6f-43fb-9fd0-e026870d021e"/>
+    <xsd:import namespace="8abf1876-902b-4d67-ae96-f70d0d2c9d92"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="85f4be49-0b6f-43fb-9fd0-e026870d021e" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="12" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="13" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="16" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="19" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="21" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="e3cd3dfc-bda3-408c-b55f-d8b2e2a7c8d2" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="23" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="25" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="26" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="8abf1876-902b-4d67-ae96-f70d0d2c9d92" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="14" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="15" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="22" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{ca14e76d-4ac7-486e-80ce-5198db376cb5}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="8abf1876-902b-4d67-ae96-f70d0d2c9d92">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7375BC26-35F3-4F4F-AFE4-EF4E588EA4E0}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EED882D5-D646-4501-B351-E2D319F731C9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="85f4be49-0b6f-43fb-9fd0-e026870d021e"/>
+    <ds:schemaRef ds:uri="8abf1876-902b-4d67-ae96-f70d0d2c9d92"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5AF90987-7BCE-4355-A5C6-14CCB92A5296}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="85f4be49-0b6f-43fb-9fd0-e026870d021e"/>
+    <ds:schemaRef ds:uri="8abf1876-902b-4d67-ae96-f70d0d2c9d92"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>5686</Characters>
+  <Pages>4</Pages>
+  <Words>1033</Words>
+  <Characters>6110</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>13</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>244</Lines>
+  <Paragraphs>193</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company>Melbourne Water Corporation</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6670</CharactersWithSpaces>
+  <CharactersWithSpaces>6950</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>Philip Carey</dc:creator>
+  <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_8d1a0ea4-6344-45fe-bd17-9bfc2ab6afb4_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_8d1a0ea4-6344-45fe-bd17-9bfc2ab6afb4_SetDate">
-    <vt:lpwstr>2024-10-22T01:54:08Z</vt:lpwstr>
+    <vt:lpwstr>2024-04-04T04:38:44Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_8d1a0ea4-6344-45fe-bd17-9bfc2ab6afb4_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_8d1a0ea4-6344-45fe-bd17-9bfc2ab6afb4_Name">
     <vt:lpwstr>OFFICIAL</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_8d1a0ea4-6344-45fe-bd17-9bfc2ab6afb4_SiteId">
     <vt:lpwstr>fe26127b-78ee-42c7-803e-4d67c0488cf9</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_8d1a0ea4-6344-45fe-bd17-9bfc2ab6afb4_ActionId">
-    <vt:lpwstr>206de150-4400-4c1e-92af-6cc0011dcc4c</vt:lpwstr>
+    <vt:lpwstr>ea979512-1df1-4a65-b55e-68bcf4abe51d</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_8d1a0ea4-6344-45fe-bd17-9bfc2ab6afb4_ContentBits">
     <vt:lpwstr>1</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="ContentTypeId">
+    <vt:lpwstr>0x010100757C90B357CBB44F8826BFC627DEA276</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>